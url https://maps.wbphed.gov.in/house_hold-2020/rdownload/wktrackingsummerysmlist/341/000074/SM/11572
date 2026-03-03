--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -984,54 +984,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.29</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1047,54 +1047,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>36.22</v>
       </c>
       <c r="Q4" s="4">
-        <v>30.78</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1405,54 +1405,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>7.83</v>
       </c>
       <c r="Q10" s="4">
-        <v>7.29</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>93.16</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>98</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1468,54 +1468,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>7.83</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>93.16</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1649,54 +1649,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>318.57</v>
       </c>
       <c r="Q14" s="4">
-        <v>130.91</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>41.09</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1712,54 +1712,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P15" s="4">
         <v>6.28</v>
       </c>
       <c r="Q15" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>88.6</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1775,54 +1775,54 @@
       <c r="I16" s="13" t="s">
         <v>91</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P16" s="4">
         <v>13.59</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.32</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>9.71</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>60</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1964,54 +1964,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>111</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P19" s="4">
         <v>149.58</v>
       </c>
       <c r="Q19" s="4">
-        <v>67.7</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>45.26</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>65</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2027,88 +2027,88 @@
       <c r="I20" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="4">
         <v>21.83</v>
       </c>
       <c r="Q20" s="4">
-        <v>21.58</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>98.84</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>80</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>715.55</v>
       </c>
       <c r="P21" s="8">
-        <v>275.6</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>38.52</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>