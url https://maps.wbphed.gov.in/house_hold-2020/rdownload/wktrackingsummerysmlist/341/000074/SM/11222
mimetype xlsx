--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -216,50 +216,53 @@
     <t>MAA TARA ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Laying of Distribution System(UPVC &amp; DI), Providing Functional Household Tap Connection (FHTC), Interconnection between tube wells, Construction of 200 cum capacity 20 Mtr. staging height RCC Over Head Reservoir (including pile foundation), pipe connection and cost of pipes, specials at HW site and construction of Two storied switch room ( 5.4 x 3.6) &amp; (3.6 x3.0) with water supply &amp; sanitary arrangement cum godown at Head Work site &amp; 2nd Tube well site of SAORIA PWSS of Amta-II Block under Uluberia Sub-Division, under Howrah Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000426/2022-2023</t>
   </si>
   <si>
     <t>2085/HD</t>
   </si>
   <si>
     <t>11/10/2022</t>
   </si>
   <si>
     <t>23/11/2025</t>
   </si>
   <si>
     <t>KAMIRUL SK AND CO.</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Saoria water supply scheme, T.W. No.- I &amp; II, Block: Amta-II, District- Howrah under Electrical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer Howrah mechanical Sub Division</t>
   </si>
   <si>
     <t>Junior Engineer3,Junior Engineer5,Junior Engineer6</t>
   </si>
@@ -852,54 +855,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>2.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1092,54 +1095,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>26.67</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.66</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1155,54 +1158,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>2.18</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.17</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1218,212 +1221,214 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>370.75</v>
       </c>
       <c r="Q9" s="4">
-        <v>181.56</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>48.97</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>63</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="J10" s="13"/>
+      <c r="J10" s="13" t="s">
+        <v>68</v>
+      </c>
       <c r="K10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>21.25</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>20.25</v>
       </c>
       <c r="Q11" s="4">
-        <v>19.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.05</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>479.38</v>
       </c>
       <c r="P12" s="8">
-        <v>232.69</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>48.54</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>