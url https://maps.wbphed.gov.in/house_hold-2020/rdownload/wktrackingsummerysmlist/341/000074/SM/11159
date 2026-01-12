--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -413,51 +413,51 @@
   <si>
     <t>Work Order for Laying of Distribution Pipeline (Node No. 663 To 944) &amp; FHTC work [Mouza: Ankurhati (CT) : PART-3] for Augmentation of Makardah PWSS at Domjur Block under Howrah Division, P. H. E. Dte. (Part-7)</t>
   </si>
   <si>
     <t>ORD/000427/2022-2023</t>
   </si>
   <si>
     <t>2100/HD</t>
   </si>
   <si>
     <t>12/10/2022</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>Work Order for Construction of 3 (three) nos of Boundary Wall for Augmentation of Makardah PWSS at Domjur Block under Howrah Division PHE Dte</t>
   </si>
   <si>
     <t>ORD/000404/2022-2023</t>
   </si>
   <si>
     <t>1991/HD</t>
   </si>
   <si>
-    <t>01/09/2024</t>
+    <t>31/10/2024</t>
   </si>
   <si>
     <t>JOY GURU TRADING</t>
   </si>
   <si>
     <t>Work Order for Construction of 450 cum Capacity OHR, Rising Main Pipe line, Laying of Distribution Pipeline (Node No. R-1 To 231) &amp; FHTC work [Mouza: Makardah (CT)] for Augmentation of Makardah PWSS at Domjur Block under Howrah Division, P. H. E. Dte. (Part-3)</t>
   </si>
   <si>
     <t>ORD/000431/2022-2023</t>
   </si>
   <si>
     <t>2099/HD</t>
   </si>
   <si>
     <t>02/06/2025</t>
   </si>
   <si>
     <t>Work Order for Construction of 3 (Three) Nos. of Pump House for Augmentation of Makardah PWSS at Domjur Block under Howrah Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000403/2022-2023</t>
   </si>
   <si>
     <t>1990/HD</t>
   </si>