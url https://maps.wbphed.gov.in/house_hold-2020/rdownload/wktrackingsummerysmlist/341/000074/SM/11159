--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1207,54 +1207,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>2.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1439,54 +1439,54 @@
       <c r="I9" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>86.39</v>
       </c>
       <c r="Q9" s="4">
-        <v>75.8</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>87.75</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1500,54 +1500,54 @@
       <c r="I10" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>66.11</v>
       </c>
       <c r="Q10" s="4">
-        <v>33.18</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>50.19</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1561,54 +1561,54 @@
       <c r="I11" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>82.16</v>
       </c>
       <c r="Q11" s="4">
-        <v>38.12</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>46.4</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>70</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1622,54 +1622,54 @@
       <c r="I12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>21.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>21.55</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.68</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1683,54 +1683,54 @@
       <c r="I13" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>26.39</v>
       </c>
       <c r="Q13" s="4">
-        <v>25.79</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.75</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1744,54 +1744,54 @@
       <c r="I14" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P14" s="4">
         <v>14.12</v>
       </c>
       <c r="Q14" s="4">
-        <v>13.95</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.76</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1805,54 +1805,54 @@
       <c r="I15" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P15" s="4">
         <v>2.16</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>96.75</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2208,54 +2208,54 @@
       <c r="I22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P22" s="4">
         <v>153.73</v>
       </c>
       <c r="Q22" s="4">
-        <v>72.51</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>47.17</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>15</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2330,54 +2330,54 @@
       <c r="I24" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P24" s="4">
         <v>349.1</v>
       </c>
       <c r="Q24" s="4">
-        <v>176.92</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>50.68</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>50</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2513,54 +2513,54 @@
       <c r="I27" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>151</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P27" s="4">
         <v>8.36</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>8.2</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>79</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2608,54 +2608,54 @@
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>1086.43</v>
       </c>
       <c r="P29" s="8">
-        <v>463.57</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>42.67</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>