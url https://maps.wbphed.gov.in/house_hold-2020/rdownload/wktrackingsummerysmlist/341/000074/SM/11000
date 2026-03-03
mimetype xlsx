--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -411,50 +411,53 @@
     <t>BILL/00848/2024-2025</t>
   </si>
   <si>
     <t>Construction of 450 cum capacity 20 Mtr. staging height RCC Over Head Reservoir (including pile foundation), pipe connection, Laying Distribution System (HDPE &amp; DI) &amp; providing Functional Household Tap Connection (FHTC) for HATURIA KANDARPUR PWSS of Bagnan-I Block under Uluberia Sub-Division, under Howrah Division P.H.E. Dte. (Mouza-Haturia Kandarpur (Jl-49) &amp; Khanpur (Jl-50)) [No. of FHTC = 2433]</t>
   </si>
   <si>
     <t>ORD/000194/2023-2024</t>
   </si>
   <si>
     <t>3197/HD</t>
   </si>
   <si>
     <t>04/09/2023</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
     <t>B.M. ENTERPRISE</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1023,54 +1026,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>3.61</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1082,54 +1085,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>14.55</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.42</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>85.41</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1204,54 +1207,54 @@
       <c r="I6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>32.2</v>
       </c>
       <c r="Q6" s="4">
-        <v>31.14</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>96.73</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1267,54 +1270,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P7" s="4">
         <v>7.18</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.18</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1330,54 +1333,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P8" s="4">
         <v>54.06</v>
       </c>
       <c r="Q8" s="4">
-        <v>52.07</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.31</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1393,54 +1396,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P9" s="4">
         <v>7.14</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.14</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1456,54 +1459,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
         <v>7.19</v>
       </c>
       <c r="Q10" s="4">
-        <v>6.92</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.27</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1755,54 +1758,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P15" s="4">
         <v>61.1</v>
       </c>
       <c r="Q15" s="4">
-        <v>57.31</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>93.81</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1818,54 +1821,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>74.66</v>
       </c>
       <c r="Q16" s="4">
-        <v>38.61</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>51.71</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1881,54 +1884,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>39.47</v>
       </c>
       <c r="Q17" s="4">
-        <v>38.34</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>97.12</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1944,54 +1947,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P18" s="4">
         <v>15.63</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>36.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2007,54 +2010,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P19" s="4">
         <v>11.44</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.89</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>95.19</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2070,54 +2073,54 @@
       <c r="I20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P20" s="4">
         <v>18.77</v>
       </c>
       <c r="Q20" s="4">
-        <v>18.36</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.85</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2310,149 +2313,151 @@
       <c r="I24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P24" s="4">
         <v>481.61</v>
       </c>
       <c r="Q24" s="4">
-        <v>229.93</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>47.74</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>65</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>131</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="J25" s="13"/>
+      <c r="J25" s="13" t="s">
+        <v>133</v>
+      </c>
       <c r="K25" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="O25" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P25" s="4">
         <v>21.25</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>973.14</v>
       </c>
       <c r="P26" s="8">
-        <v>519.71</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>53.41</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>