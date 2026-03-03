--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1268,54 +1268,54 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>2.85</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.85</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1443,54 +1443,54 @@
       <c r="I11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>149.32</v>
       </c>
       <c r="Q11" s="4">
-        <v>77.93</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>52.19</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>40</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1504,54 +1504,54 @@
       <c r="I12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>204.49</v>
       </c>
       <c r="Q12" s="4">
-        <v>33.7</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.48</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1565,54 +1565,54 @@
       <c r="I13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>158.4</v>
       </c>
       <c r="Q13" s="4">
-        <v>100.9</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>63.7</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1626,54 +1626,54 @@
       <c r="I14" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>183.13</v>
       </c>
       <c r="Q14" s="4">
-        <v>102.13</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>55.77</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>30</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1687,54 +1687,54 @@
       <c r="I15" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>356.33</v>
       </c>
       <c r="Q15" s="4">
-        <v>189.92</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>53.3</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>30</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1965,54 +1965,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>2232.81</v>
       </c>
       <c r="P20" s="8">
-        <v>507.43</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>22.73</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>