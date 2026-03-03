--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -967,54 +967,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.65</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1028,54 +1028,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>35.2</v>
       </c>
       <c r="Q4" s="4">
-        <v>33.27</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>94.5</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1089,54 +1089,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>4.25</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1372,54 +1372,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>2.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1433,54 +1433,54 @@
       <c r="I11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>3.55</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.49</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.29</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1494,54 +1494,54 @@
       <c r="I12" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>2.87</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.69</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>93.55</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1555,54 +1555,54 @@
       <c r="I13" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>4.12</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.03</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.75</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1844,54 +1844,54 @@
       <c r="I18" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P18" s="4">
         <v>714.88</v>
       </c>
       <c r="Q18" s="4">
-        <v>461.75</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>64.59</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1905,54 +1905,54 @@
       <c r="I19" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P19" s="4">
         <v>247.87</v>
       </c>
       <c r="Q19" s="4">
-        <v>187.71</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>75.73</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2000,54 +2000,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1789.37</v>
       </c>
       <c r="P21" s="8">
-        <v>700.56</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>39.15</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>