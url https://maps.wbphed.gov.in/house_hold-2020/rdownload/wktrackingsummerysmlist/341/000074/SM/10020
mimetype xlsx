--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -453,50 +453,53 @@
     <t>S R TRADING CORPORATION</t>
   </si>
   <si>
     <t>Construction of 1000 cu.m. capacity 20 mtr staging height RCC Over Head Reservoir including Pipe connection at Augmentation of Paschim Bainan PWSS of Bagnan-I Block under Uluberia Sub Division under Howrah Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000525/2023-2024</t>
   </si>
   <si>
     <t>607/HD</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>29/01/2026</t>
   </si>
   <si>
     <t>PIKASU BOSE</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Amta-I, Amta-II, Bagnan-I, Bagnan-II, Shyampur-I and Shyampur-II Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.(Phase-II).</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000199/2025-2026</t>
   </si>
   <si>
     <t>3670/HD</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>TECH VISION</t>
   </si>
   <si>
     <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Bagnan-I Block)</t>
   </si>
   <si>
     <t>ORD/000229/2025-2026</t>
   </si>
   <si>
     <t>4127/HD</t>
   </si>
@@ -1151,54 +1154,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.89</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.89</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1212,54 +1215,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>49.48</v>
       </c>
       <c r="Q5" s="4">
-        <v>45.68</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>92.33</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1456,54 +1459,54 @@
       <c r="I9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>4.87</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.87</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1800,54 +1803,54 @@
       <c r="I15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>10.84</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.83</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1861,54 +1864,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P16" s="4">
         <v>4.45</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.24</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>95.33</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1920,54 +1923,54 @@
         <v>98</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>0.71</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.71</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2152,54 +2155,54 @@
       <c r="I21" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>33.21</v>
       </c>
       <c r="Q21" s="4">
-        <v>10.59</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>31.89</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>35</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2213,54 +2216,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>1002.85</v>
       </c>
       <c r="Q22" s="4">
-        <v>899.81</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>89.73</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2274,54 +2277,54 @@
       <c r="I23" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>10.01</v>
       </c>
       <c r="Q23" s="4">
-        <v>9.74</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>97.26</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>97</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2335,54 +2338,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
         <v>4.71</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>98.3</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2396,267 +2399,269 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P25" s="4">
         <v>239.3</v>
       </c>
       <c r="Q25" s="4">
-        <v>17.56</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>7.34</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>24</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>145</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="J26" s="13"/>
+      <c r="J26" s="13" t="s">
+        <v>147</v>
+      </c>
       <c r="K26" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P26" s="4">
         <v>21.25</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P27" s="4">
         <v>4.79</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P28" s="4">
         <v>4.99</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>2013.78</v>
       </c>
       <c r="P29" s="8">
-        <v>1012.55</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>50.28</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>