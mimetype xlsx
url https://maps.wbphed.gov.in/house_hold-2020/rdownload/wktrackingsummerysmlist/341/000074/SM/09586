--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -377,51 +377,51 @@
   <si>
     <t>BILL/00828/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-493</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER HOWRAH DIVISION, PWD.</t>
   </si>
   <si>
     <t>Work Order for Construction Of 400 cum Capacity, 20mtr. Staging Height RCC Elevated Reservoir As Per Departmental Type Design (Ref :Dept. Super Struc. DRG. No. PCI/OHR/11/2012) Including All pipe Connection, Design od piles and soil test, Laying Distribution Pipeline At Krishnandapur Mouza Node No. 1 to 219 (Part-1) and Providing FHTC (Functional Household Tap Connection) at Krishnandapur Mouza (Part-1) for Augmentation Of SEKRAHATI Water Supply Scheme In Jagatballavpur Block Of Howrah Division PHED.</t>
   </si>
   <si>
     <t>ORD/000131/2022-2023</t>
   </si>
   <si>
     <t>1340/HD</t>
   </si>
   <si>
     <t>27/06/2022</t>
   </si>
   <si>
-    <t>02/10/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>JAHANGIR ALAM</t>
   </si>
   <si>
     <t>Work Order for Rising Main Pipeline Work From 2nd Pump House to 1st Pump House &amp; OHR of Shekrahati Water Supply Scheme In Jagatballavpur Block Of Howrah District.</t>
   </si>
   <si>
     <t>ORD/000591/2022-2023</t>
   </si>
   <si>
     <t>2605/HD</t>
   </si>
   <si>
     <t>07/12/2022</t>
   </si>
   <si>
     <t>21/01/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 