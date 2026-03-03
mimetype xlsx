--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -989,54 +989,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>37.92</v>
       </c>
       <c r="Q3" s="4">
-        <v>38.47</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>101.46</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1219,54 +1219,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>12.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>12.68</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.7</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1280,54 +1280,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>21.49</v>
       </c>
       <c r="Q8" s="4">
-        <v>10.47</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>48.7</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1339,54 +1339,54 @@
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>56.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>57.38</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100.88</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1398,54 +1398,54 @@
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>10.4</v>
       </c>
       <c r="Q10" s="4">
-        <v>10.18</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>97.89</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1459,54 +1459,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>6.19</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.61</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>90.69</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1520,54 +1520,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>4.33</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.64</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>84.04</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1581,54 +1581,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>4.13</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.08</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.74</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1756,54 +1756,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P16" s="4">
         <v>26.5</v>
       </c>
       <c r="Q16" s="4">
-        <v>25.85</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>97.52</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1817,54 +1817,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>56.29</v>
       </c>
       <c r="Q17" s="4">
-        <v>54.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.63</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>98</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1878,54 +1878,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>1.61</v>
       </c>
       <c r="Q18" s="4">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.49</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1996,54 +1996,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P20" s="4">
         <v>204.08</v>
       </c>
       <c r="Q20" s="4">
-        <v>114.66</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>56.18</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>80</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2091,54 +2091,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>128</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>1022.12</v>
       </c>
       <c r="P22" s="8">
-        <v>339.02</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>33.17</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>