--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -281,102 +281,84 @@
   <si>
     <t>4736/ED</t>
   </si>
   <si>
     <t>15/12/2023</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
     <t>Permanent restoration work of portable damage stretches of Ranihati-Haridaspur Amta Road from 15.40 Km to 16.70 Km due to laying of Water Supply Pipe Line by PHE i.c.w Rejuvenation of Amta Water Supply Scheme (Zone-II)</t>
   </si>
   <si>
     <t>BILL/00033/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-9</t>
   </si>
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER HIGHWAY DIVISION P W ROADS HOWRAH</t>
   </si>
   <si>
-    <t>Additional FHTC at Rejuvenation of Amta PWSS (Zone-II) of Amta-I Block in Uluberia Sub-Division, under Howrah Division P.H.E. Dte.(SM/08966)</t>
-[...16 lines deleted...]
-  <si>
     <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Amta-I Block) (PART-A)</t>
   </si>
   <si>
     <t>AE HQ</t>
   </si>
   <si>
     <t>ORD/000227/2025-2026</t>
   </si>
   <si>
     <t>4125/HD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Sinking of Big dia Rig Bored Tube well 4 nos (300 x 250 mm x 250 mtr)for Zone-I, II &amp; III, Land development of Head work site and 2nd Tube well site , Construction of boundary wall at 2nd Tube well Site (Zone-I), HW Site (Zone-I &amp; III), Laying Distribution System Zone-I, Zone-II and Zone-III , FHTC Zone-I(3227), Zone-II(4732), Zone-III(2022), Construction of Two storied switch room ( 5.4 x 3.6) with water supply &amp; sanitary arrangement cum godown at Head Work site of Zone-I,&amp; Zone-III,Construction of switch room ( 3.60 m x 3.0 m) with water supply &amp; sanitary arrangement at 2nd tube well Zone-I, Construction of 600 Cum OHR 20 mtr Staging Height (Zone-I) with pile foundation including soil test &amp;design of piles, Constructionof 400 Cum OHR 20 mtr Staging Height (Zone-III) with pile foundation including soil test &amp; design of piles, Interconnection 2nd Tube Well and First Tube Well ( Zone-I and Zone-III)of Rejuvenation of Amta Water Supply Scheme of Amta- I Block under Howrah Division, PHE Dte</t>
   </si>
   <si>
     <t>ORD/000196/2022-2023</t>
   </si>
   <si>
     <t>1637/HD</t>
   </si>
   <si>
     <t>10/08/2022</t>
   </si>
   <si>
-    <t>28/08/2022</t>
+    <t>10/02/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -765,51 +747,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W20"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="62.41333" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1726,245 +1708,184 @@
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P17" s="4">
-        <v>55.4</v>
+        <v>4.79</v>
       </c>
       <c r="Q17" s="4">
-        <v>26.89</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>48.53</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="J18" s="13"/>
+        <v>66</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>67</v>
+      </c>
       <c r="K18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="P18" s="4">
-        <v>4.79</v>
+        <v>1572.76</v>
       </c>
       <c r="Q18" s="4">
-        <v>0</v>
+        <v>1490.1</v>
       </c>
       <c r="R18" s="4">
-        <v>0</v>
+        <v>94.74</v>
       </c>
       <c r="S18" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
-      <c r="A19" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A19" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>2654.86</v>
+      </c>
+      <c r="P19" s="8">
+        <v>1936.55</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>72.94</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
-    <row r="20" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>