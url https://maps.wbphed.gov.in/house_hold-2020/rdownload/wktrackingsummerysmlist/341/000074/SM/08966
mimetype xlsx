--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -285,50 +285,53 @@
     <t>15/12/2023</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
     <t>Permanent restoration work of portable damage stretches of Ranihati-Haridaspur Amta Road from 15.40 Km to 16.70 Km due to laying of Water Supply Pipe Line by PHE i.c.w Rejuvenation of Amta Water Supply Scheme (Zone-II)</t>
   </si>
   <si>
     <t>BILL/00033/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-9</t>
   </si>
   <si>
     <t>08/04/2024</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER HIGHWAY DIVISION P W ROADS HOWRAH</t>
   </si>
   <si>
     <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Amta-I Block) (PART-A)</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000227/2025-2026</t>
   </si>
   <si>
     <t>4125/HD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Work Order for Sinking of Big dia Rig Bored Tube well 4 nos (300 x 250 mm x 250 mtr)for Zone-I, II &amp; III, Land development of Head work site and 2nd Tube well site , Construction of boundary wall at 2nd Tube well Site (Zone-I), HW Site (Zone-I &amp; III), Laying Distribution System Zone-I, Zone-II and Zone-III , FHTC Zone-I(3227), Zone-II(4732), Zone-III(2022), Construction of Two storied switch room ( 5.4 x 3.6) with water supply &amp; sanitary arrangement cum godown at Head Work site of Zone-I,&amp; Zone-III,Construction of switch room ( 3.60 m x 3.0 m) with water supply &amp; sanitary arrangement at 2nd tube well Zone-I, Construction of 600 Cum OHR 20 mtr Staging Height (Zone-I) with pile foundation including soil test &amp;design of piles, Constructionof 400 Cum OHR 20 mtr Staging Height (Zone-III) with pile foundation including soil test &amp; design of piles, Interconnection 2nd Tube Well and First Tube Well ( Zone-I and Zone-III)of Rejuvenation of Amta Water Supply Scheme of Amta- I Block under Howrah Division, PHE Dte</t>
   </si>
   <si>
     <t>ORD/000196/2022-2023</t>
   </si>
   <si>
     <t>1637/HD</t>
   </si>
@@ -1024,54 +1027,54 @@
       <c r="I5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>11.25</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.15</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.12</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>30</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1085,54 +1088,54 @@
       <c r="I6" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>11.25</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.16</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.19</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1146,54 +1149,54 @@
       <c r="I7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P7" s="4">
         <v>11.18</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.18</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1492,54 +1495,54 @@
       <c r="I13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P13" s="4">
         <v>399.6</v>
       </c>
       <c r="Q13" s="4">
-        <v>393.86</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.56</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1553,54 +1556,54 @@
       <c r="I14" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P14" s="4">
         <v>8.36</v>
       </c>
       <c r="Q14" s="4">
-        <v>8.36</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>25</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1614,54 +1617,54 @@
       <c r="I15" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P15" s="4">
         <v>10.74</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.74</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1710,169 +1713,171 @@
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>89</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="J17" s="13"/>
+      <c r="J17" s="13" t="s">
+        <v>91</v>
+      </c>
       <c r="K17" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P17" s="4">
         <v>4.79</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P18" s="4">
         <v>1572.76</v>
       </c>
       <c r="Q18" s="4">
-        <v>1490.1</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>94.74</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>2654.86</v>
       </c>
       <c r="P19" s="8">
-        <v>1936.55</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>72.94</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>