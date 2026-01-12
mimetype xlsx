--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="783">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -1310,854 +1310,854 @@
   <si>
     <t>ORD/000371/2022-2023</t>
   </si>
   <si>
     <t>1891/HD</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>25/09/2022</t>
   </si>
   <si>
     <t>M/S HOWRAH CONSTRUCTION</t>
   </si>
   <si>
     <t>Work Order for Interconnection from Tube well to Distribution line at Chakpara site in Bally Jagacha surface based Water Supply scheme(Phase-1) under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000736/2022-2023</t>
   </si>
   <si>
     <t>573/HD</t>
   </si>
   <si>
+    <t>Special repairing works in different location( at Lock down period) in the uncovered areas of Surface water based water supply project for Bally-Jagacha block, under Howrah Division PHE Dte.(Nischinda G.P Area) Zone-6A, 6B.</t>
+  </si>
+  <si>
+    <t>ORD/000181/2020-2021</t>
+  </si>
+  <si>
+    <t>1172/HD</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection(FHTC) from existing distribution system at Nischinda Gram panchyet under Bally Jagachha Block under Howrah Division, PHE Dte. (Part-A) No. of House Hold(Approx)=4500 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000031/2021-2022</t>
+  </si>
+  <si>
+    <t>1310/HD</t>
+  </si>
+  <si>
+    <t>JDJ ENTERPRISE A UNIT OF JDJ TRADERS PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection(FHTC) from existing distribution system at Sapuipara Basukati Gram panchyet under Bally Jagachha Block under Howrah Division, PHE Dte. (Part-B) No. of House Hold(Approx)= 5500 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000032/2021-2022</t>
+  </si>
+  <si>
+    <t>1311/HD</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection(FHTC) from existing distribution system at Durgapur Abhoy Nagar-2. Gram panchyet under bally jagachha Block under Howrah Division, PHE Dte. (Part-D) No. of House Hold(Approx)= 4500 nos</t>
+  </si>
+  <si>
+    <t>ORD/000034/2021-2022</t>
+  </si>
+  <si>
+    <t>1313/HD</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection(FHTC) from existing distribution system at Jagadispur Gram panchyet under Bally Jagachha Block under Howrah Division, PHE Dte. No of House hold-1600 Nos</t>
+  </si>
+  <si>
+    <t>ORD/000351/2021-2022</t>
+  </si>
+  <si>
+    <t>2429/HD</t>
+  </si>
+  <si>
+    <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>12/02/2022</t>
+  </si>
+  <si>
+    <t>Work Order for Remaining part of laying distribution system of Pipe water supply at Zone-III/IV.(pal para,mondal para, kote para, Rupnagar)for Surface water based water supply project for Bally-Jagacha(PH-II), under Howrah Division, PHE Dte.(Part-B).</t>
+  </si>
+  <si>
+    <t>JE Sadar</t>
+  </si>
+  <si>
+    <t>ORD/000009/2022-2023</t>
+  </si>
+  <si>
+    <t>817/HD</t>
+  </si>
+  <si>
+    <t>08/05/2022</t>
+  </si>
+  <si>
+    <t>M/S MOINAK POREL</t>
+  </si>
+  <si>
+    <t>Work Order for Withdrawing &amp; relaying distribution system pipe line from Makaltala to Bally station (N.P.- 155 to 4) in the uncovered areas of Surface water based water supply project for Bally Jagacha block, under Howrah Division PHE Dte.(D.A-1 G.P Area) Zone-5 Length= 1.05km.nos.</t>
+  </si>
+  <si>
+    <t>ORD/000010/2022-2023</t>
+  </si>
+  <si>
+    <t>818/HD</t>
+  </si>
+  <si>
+    <t>Work Order for Sinking of 2 (two) nos PVC big dia Tube well 300 mm x 200 mm dia of 240 mtr deep near i)Chamrail OHR Site Zone-13 &amp; ii) Bally Jagacha Block Office OHR Site Zone-12 under Bally-Jagacha Surface Based W/S scheme(Phase-I) under Howrah Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000192/2022-2023</t>
+  </si>
+  <si>
+    <t>1597/HD</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>MUNSHI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Work Order for Laying distribution system in the uncovered areas of Surface water based water supply project for Bally-Jagacha block, under Howrah Division PHE Dte.(D.A -2. G.P Area) Zone-1. Length= 55.00 mtr.</t>
+  </si>
+  <si>
+    <t>ORD/000379/2022-2023</t>
+  </si>
+  <si>
+    <t>1867/H.D</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>22/09/2022</t>
+  </si>
+  <si>
+    <t>SKYLINE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Work Order for Interconnection from Existing Tube well to Distribution line at Baigachi (Zone-14) in Bally Jagacha surface based Water Supply scheme(Phase-1) under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000726/2022-2023</t>
+  </si>
+  <si>
+    <t>516/HD</t>
+  </si>
+  <si>
+    <t>09/02/2023</t>
+  </si>
+  <si>
+    <t>11/03/2023</t>
+  </si>
+  <si>
+    <t>Work Order for Interconnection from Tube well to Jagadispur OHR in Bally Jagacha surface based Water Supply scheme(Phase-1) under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000737/2022-2023</t>
+  </si>
+  <si>
+    <t>574/HD</t>
+  </si>
+  <si>
+    <t>Work Order for Construction of Clorination Room ( 5.40m x 3.60 m) at Bhaskur Zone-III OHR Site under Bally jagacha(phase-2) surface Based water supply project under Howrah Division, P.H.E. Dte. at Lakhanpur CWR Site under Bally jagacha(phase-2) surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000728/2022-2023</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>KUNDU CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Work Order for Interconnection from Tube well to Bally jagacha OHR in Bally Jagacha surface based Water Supply scheme(Phase-1) under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000735/2022-2023</t>
+  </si>
+  <si>
+    <t>572/HD</t>
+  </si>
+  <si>
+    <t>MA-DURGA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme. Government of West Bengal (for two months from 01/09/2023 to 31/10/2023) under Howrah Division, PHE Dte..</t>
+  </si>
+  <si>
+    <t>Assistant Engineer/IU III</t>
+  </si>
+  <si>
+    <t>ORD/000231/2023-2024</t>
+  </si>
+  <si>
+    <t>3134/HD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>29/10/2023</t>
+  </si>
+  <si>
+    <t>INDRAJIT GHOSAL</t>
+  </si>
+  <si>
+    <t>ORD/000033/2021-2022</t>
+  </si>
+  <si>
+    <t>1312/HD</t>
+  </si>
+  <si>
+    <t>Work Order for Excavation of Pipe Trenches in different location for Testing of Rising main pipe line under Bally Jagacha (PH-I) Water supply Project in Bally Jagacha Block under Howrah Sadar Sub- Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000368/2022-2023</t>
+  </si>
+  <si>
+    <t>1869/HD</t>
+  </si>
+  <si>
+    <t>RTOR000013/2021-2022</t>
+  </si>
+  <si>
+    <t>2375/HD</t>
+  </si>
+  <si>
+    <t>24/12/2021</t>
+  </si>
+  <si>
+    <t>RTOR000025/2021-2022</t>
+  </si>
+  <si>
+    <t>435/HD</t>
+  </si>
+  <si>
+    <t>Eastern Railway, Howrah Division</t>
+  </si>
+  <si>
+    <t>BILL/00465/2022-2023</t>
+  </si>
+  <si>
+    <t>BP-2021-22-623</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>Sample Test</t>
+  </si>
+  <si>
+    <t>BILL/00350/2022-2023</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>NATIONAL TEST HOUSE</t>
+  </si>
+  <si>
+    <t>National Test House</t>
+  </si>
+  <si>
+    <t>BILL/00461/2022-2023</t>
+  </si>
+  <si>
+    <t>BP-2022-23-691</t>
+  </si>
+  <si>
+    <t>16/03/2023</t>
+  </si>
+  <si>
+    <t>Bally Jagacha Phase -I</t>
+  </si>
+  <si>
+    <t>BILL/00155/2022-2023</t>
+  </si>
+  <si>
+    <t>20/01/2023</t>
+  </si>
+  <si>
+    <t>Railway Permission</t>
+  </si>
+  <si>
+    <t>BILL/00464/2022-2023</t>
+  </si>
+  <si>
+    <t>BP-2022-23-624</t>
+  </si>
+  <si>
+    <t>1. Clear water rising main from GLR to different Zonal OHR, 2. Laying distribution system of piped water supply at (Zone-VI) and 3. Construction of Administrative Building, Store &amp; Stack Yard at Domjur Boosting Station for surface water based water supply scheme for Bally-Jagacha (Phase-II) under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000151/2020-2021</t>
+  </si>
+  <si>
+    <t>09/11/2020</t>
+  </si>
+  <si>
+    <t>09/05/2022</t>
+  </si>
+  <si>
+    <t>SUBHASH BOSE</t>
+  </si>
+  <si>
+    <t>Work Order for providing Functional Household Tap Connection(FHTC) from existing distribution system at uncovered areas of Durgapur Abhoynagar-1 &amp; 2 Gram Panchyet under bally Jagachha Block under Howrah Division, PHE Dte.(Part-2)</t>
+  </si>
+  <si>
+    <t>AE HQ,Assistant Engineer/IU III</t>
+  </si>
+  <si>
+    <t>je1_iu</t>
+  </si>
+  <si>
+    <t>ORD/000822/2022-2023</t>
+  </si>
+  <si>
+    <t>1051/HD</t>
+  </si>
+  <si>
+    <t>14/05/2023</t>
+  </si>
+  <si>
+    <t>SONAR BANGLA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Laying of Distribution system for uncovered areas at Boluhati mouza(Booth no-7,8,9), under Bally Jagacha (Ph-II) Surface based Water Supply Scheme at Domjur Block under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000341/2023-2024</t>
+  </si>
+  <si>
+    <t>4577/HD</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION CORNER</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for the period from 01/10/2023 to 30/11/2023)</t>
+  </si>
+  <si>
+    <t>ORD/000360/2023-2024</t>
+  </si>
+  <si>
+    <t>3482/HD</t>
+  </si>
+  <si>
+    <t>29/09/2023</t>
+  </si>
+  <si>
+    <t>29/11/2023</t>
+  </si>
+  <si>
+    <t>SUMANTA DEY</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme. Government of West Bengal (from 01/01/2024 to 31/03/2024) under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000412/2023-2024</t>
+  </si>
+  <si>
+    <t>4765/HD</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>29/03/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for the period from 01/12/2023 to 31/01/2024)</t>
+  </si>
+  <si>
+    <t>ORD/000455/2023-2024</t>
+  </si>
+  <si>
+    <t>4303/HD</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>31/01/2024</t>
+  </si>
+  <si>
+    <t>Construction of Retaining Wall at Narna Zone-V OHR Site under Bally Jagacha(phase-II) surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000085/2024-2025</t>
+  </si>
+  <si>
+    <t>3463/HD</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>GUPTA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Construction of Chlorination Room (5.5m x 4.5m) at Narna Zone-V OHR Site under Bally Jagacha(Phase-2) Surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000349/2024-2025</t>
+  </si>
+  <si>
+    <t>4833/HD</t>
+  </si>
+  <si>
+    <t>20/11/2024</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>Construction of Guard Room with WC (4.35m X 3.60m) at Narna Zone-V OHR Site under Bally Jagacha(Ph-II) Surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000350/2024-2025</t>
+  </si>
+  <si>
+    <t>4834/HD</t>
+  </si>
+  <si>
+    <t>Laying Distribution Pipeline For Uncovered area at Zone-VII (Salap-2 GP) of Bally-Jagaccha Surface based Water Supply Scheme (Phase-II) under Howrah Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how,JE Sadar</t>
+  </si>
+  <si>
+    <t>ORD/000603/2023-2024</t>
+  </si>
+  <si>
+    <t>1133/HD</t>
+  </si>
+  <si>
+    <t>06/03/2024</t>
+  </si>
+  <si>
+    <t>05/05/2024</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/02/2024 to 31/03/2024)</t>
+  </si>
+  <si>
+    <t>je2_how</t>
+  </si>
+  <si>
+    <t>ORD/000655/2023-2024</t>
+  </si>
+  <si>
+    <t>420/HD</t>
+  </si>
+  <si>
+    <t>31/03/2024</t>
+  </si>
+  <si>
+    <t>AVINABA ENGINEERING CONCERN</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/04/2024 to 31/05/2024)</t>
+  </si>
+  <si>
+    <t>ORD/000724/2023-2024</t>
+  </si>
+  <si>
+    <t>1672/HD</t>
+  </si>
+  <si>
+    <t>28/03/2024</t>
+  </si>
+  <si>
+    <t>28/05/2024</t>
+  </si>
+  <si>
+    <t>Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme. Government of West Bengal (for three months from 01/04/2024 to 30/06/2024) under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000725/2023-2024</t>
+  </si>
+  <si>
+    <t>1363/HD</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>14/06/2024</t>
+  </si>
+  <si>
+    <t>MD KADIR</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme. Government of West Bengal (for three months from 01/07/2024 to 30/09/2024) under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000060/2024-2025</t>
+  </si>
+  <si>
+    <t>2924/HD</t>
+  </si>
+  <si>
+    <t>27/06/2024</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/08/2024 to 30/09/2024)</t>
+  </si>
+  <si>
+    <t>ORD/000088/2024-2025</t>
+  </si>
+  <si>
+    <t>3362/HD</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>29/09/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/08/2024 to 31/10/2024) under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000089/2024-2025</t>
+  </si>
+  <si>
+    <t>3379/HD</t>
+  </si>
+  <si>
+    <t>30/10/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/05/2024 to 31/07/2024) under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000009/2024-2025</t>
+  </si>
+  <si>
+    <t>2219/HD</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/06/2024 to 31/07/2024)</t>
+  </si>
+  <si>
+    <t>ORD/000011/2024-2025</t>
+  </si>
+  <si>
+    <t>2566/HD</t>
+  </si>
+  <si>
+    <t>30/05/2024</t>
+  </si>
+  <si>
+    <t>Construction of partition wall and Earth filling in passage at Narna Zone-V OHR Site under Bally Jagacha(phase-II) surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000086/2024-2025</t>
+  </si>
+  <si>
+    <t>3464/HD</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection(FHTC) from existing distribution system at Chakpara Gram panchyet under Bally Jagachha Block under Howrah Division, PHE Dte. (Part-F) No. of House Hold(Approx)=5000 nos.</t>
+  </si>
+  <si>
+    <t>ORD/000035/2021-2022</t>
+  </si>
+  <si>
+    <t>1314/HD</t>
+  </si>
+  <si>
+    <t>Survey &amp; collection of household details through mobile app and geo tagging (JJM entry) of the same of water tap connection in each household from existing distribution system at Duegapur-Abhoynagar-I Gram Panchayet under Bally Jagacha Block under Howrah Division PHE Dte (Part-C) No of Household (Approx)= 4000 nos</t>
+  </si>
+  <si>
+    <t>ORD/000359/2021-2022</t>
+  </si>
+  <si>
+    <t>2386/HD</t>
+  </si>
+  <si>
+    <t>Work Order for Sinking of 2 (two) nos PVC big dia Tube well 300 mm x 200 mm dia of 240 mtr deep near i)Bally Ghosh Para OHR Site Zone-6A &amp; ii)Jagadishpur OHR Site Zone-14 under BallyJagacha Surface Based W/S scheme (Phase-I) under Howrah Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000191/2022-2023</t>
+  </si>
+  <si>
+    <t>1596/HD</t>
+  </si>
+  <si>
+    <t>Work Order for Construction of Pump House (5.40m x 3.60 m) at Tube Well Site of Chakpara Anandanagar Football Ground under Bally Jagacha surface based Water Supply scheme(Phase-1) under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000734/2022-2023</t>
+  </si>
+  <si>
+    <t>571/HD</t>
+  </si>
+  <si>
+    <t>14/04/2023</t>
+  </si>
+  <si>
+    <t>MAITY CONSTRUCTIONS</t>
+  </si>
+  <si>
+    <t>Work Order for Providing Functional Household Tap Connection(FHTC) from existing distribution system at uncovered areas of Durgapur Abhoynagar-1 &amp; 2 Gram panchyet under bally jagachha Block under Howrah Division, PHE Dte.(Part-1)</t>
+  </si>
+  <si>
+    <t>ORD/000821/2022-2023</t>
+  </si>
+  <si>
+    <t>1050/HD</t>
+  </si>
+  <si>
+    <t>13/06/2023</t>
+  </si>
+  <si>
+    <t>M/S SUPROVAT GHOSH</t>
+  </si>
+  <si>
+    <t>Work Order for Laying distribution system in the uncovered areas of Surface Based Water Supply Project for Bally-Jagacha Block, under HowrahDivision,PHEDte. (D.A-1G.PArea) Zone-5</t>
+  </si>
+  <si>
+    <t>ORD/000035/2023-2024</t>
+  </si>
+  <si>
+    <t>1707/HD</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>04/05/2023</t>
+  </si>
+  <si>
+    <t>Work Order for Carrying charges office CE Office (HQ) NS Building to Bally WTP Site &amp; WTP Site to Howrah Division office under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000036/2023-2024</t>
+  </si>
+  <si>
+    <t>1708/HD</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>Work Order for Adopting Jack Pushing of 813 mm Dia 10 mm thick M.S pipe as Casing to Cross Water carrier Pipe on Tentulkuli rail crossing work of Bally Jagacha (PH-II) Surface Water Supply Scheme under Howrah Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000082/2023-2024</t>
+  </si>
+  <si>
+    <t>1963/HD</t>
+  </si>
+  <si>
+    <t>11/05/2023</t>
+  </si>
+  <si>
+    <t>25/06/2023</t>
+  </si>
+  <si>
+    <t>Development of Road at Pakuria OHR in Zone-VI under Bally Jagacha (PH-II) Surface water supply scheme under Howrah Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000228/2023-2024</t>
+  </si>
+  <si>
+    <t>2818/HD</t>
+  </si>
+  <si>
+    <t>03/08/2023</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>Continuation Order for Hiring of 1 (One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme Government of West Bengal (for two months from 01/11/2023 to 31/12/2023) under Howrah Division, PHE Dte..</t>
+  </si>
+  <si>
+    <t>ORD/000296/2023-2024</t>
+  </si>
+  <si>
+    <t>3902/HD</t>
+  </si>
+  <si>
+    <t>30/10/2023</t>
+  </si>
+  <si>
+    <t>30/12/2023</t>
+  </si>
+  <si>
+    <t>Laying of Distribution system at uncovered areas of Daffarpur mouza(part no-18/19) under Bally Jagacha (Ph-II) Surface based Water Supply Scheme at Domjur Block under Howrah Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000321/2023-2024</t>
+  </si>
+  <si>
+    <t>4437/HD</t>
+  </si>
+  <si>
+    <t>08/12/2023</t>
+  </si>
+  <si>
+    <t>07/01/2024</t>
+  </si>
+  <si>
+    <t>Wall writing IEC message along with logo picture etc. of multiple colour as will be supplied by the PHE Dte. On smooth durable wall surface preferably of Govt. premises boundary wall under Bally Jagacha Block of Howrah Sadar Sub Division under Howrah Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
+  </si>
+  <si>
+    <t>ORD/000551/2023-2024</t>
+  </si>
+  <si>
+    <t>845/HD</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
+    <t>08/03/2024</t>
+  </si>
+  <si>
+    <t>M&amp;M GRAPHICS</t>
+  </si>
+  <si>
+    <t>Restoration of damaged concrete roads due to laying of pipe line at Salap 1 &amp; 2 GP of Bally-Jagacha surface based water supply scheme Phase-II under Howrah Division PHE Dte. (Part-B).</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how,Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000665/2023-2024</t>
+  </si>
+  <si>
+    <t>1316/HD</t>
+  </si>
+  <si>
+    <t>14/03/2024</t>
+  </si>
+  <si>
+    <t>13/05/2024</t>
+  </si>
+  <si>
+    <t>Laying Distribution Pipeline For Uncovered area at Lakshmanpur (Zone-I) of Bally-Jagaccha Surface based Water Supply Scheme (Phase-II) under Howrah Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000621/2023-2024</t>
+  </si>
+  <si>
+    <t>1154/HD</t>
+  </si>
+  <si>
+    <t>07/03/2024</t>
+  </si>
+  <si>
+    <t>19/10/2024</t>
+  </si>
+  <si>
+    <t>RTOR000098/2023-2024</t>
+  </si>
+  <si>
+    <t>467/HD</t>
+  </si>
+  <si>
+    <t>02/02/2024</t>
+  </si>
+  <si>
+    <t>RTOR000068/2023-2024</t>
+  </si>
+  <si>
+    <t>134/HD</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>RTOR000100/2023-2024</t>
+  </si>
+  <si>
+    <t>RTOR000003/2024-2025</t>
+  </si>
+  <si>
+    <t>3594/HD</t>
+  </si>
+  <si>
+    <t>13/08/2024</t>
+  </si>
+  <si>
+    <t>RTOR000099/2023-2024</t>
+  </si>
+  <si>
     <t>Land Development for Approach to OHR Site at Narna Zone-V of Surface water supply scheme Bally Jagacha (Phase-II) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
-    <t>JE Sadar</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000229/2023-2024</t>
   </si>
   <si>
     <t>2819/HD</t>
   </si>
   <si>
-    <t>03/08/2023</t>
-[...790 lines deleted...]
-  <si>
     <t>Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/02/2024 to 30/04/2024).¿ under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000597/2023-2024</t>
   </si>
   <si>
     <t>421/HD</t>
   </si>
   <si>
     <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer for Bally-Jagacha Surface Based Piped Water Supply Scheme. Government of West Bengal (for three months from 01/10/2024 to 31/12/2024) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000225/2024-2025</t>
   </si>
   <si>
     <t>4365/HD</t>
   </si>
   <si>
     <t>30/09/2024</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>Field level data validation of FHTC for error free database in different Pipe Water Supply Scheme under Bally Jagachha and Domjur Block in the District of Howrah under the jurisdiction of Howrah Division, PHE Dte.</t>
@@ -2258,65 +2258,50 @@
   <si>
     <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/11/2024 to 31/01/2025) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000319/2024-2025</t>
   </si>
   <si>
     <t>4627/HD</t>
   </si>
   <si>
     <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/05/2025 to 31/07/2025) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000085/2025-2026</t>
   </si>
   <si>
     <t>2103/HD</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>30/07/2025</t>
   </si>
   <si>
-    <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/06/2025 to 31/07/2025)</t>
-[...13 lines deleted...]
-  <si>
     <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/02/2025 to 30/04/2025) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000707/2024-2025</t>
   </si>
   <si>
     <t>699/HD</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/02/2025 to 31/03/2025)</t>
   </si>
   <si>
     <t>ORD/000365/2024-2025</t>
   </si>
   <si>
     <t>640/HD</t>
   </si>
   <si>
     <t>28/01/2025</t>
   </si>
   <si>
     <t>28/03/2025</t>
@@ -2342,96 +2327,66 @@
   <si>
     <t>2952/HD</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>Continuation order for Hiring of 1(One) no. Inspection vehicle (BS-III/IV) (Commercial) car under the disposal of the Assistant Engineer (HQ), Howrah Division, PHE Dte. Government of West Bengal (for three months from 01/08/2025 to 31/10/2025) under Howrah Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000204/2025-2026</t>
   </si>
   <si>
     <t>3354/HD</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
-    <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/08/2025 to 30/09/2025)</t>
-[...13 lines deleted...]
-  <si>
     <t>Supplying,fitting,fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Bally Jagacha &amp; Panchla Block)</t>
   </si>
   <si>
     <t>ORD/000220/2025-2026</t>
   </si>
   <si>
     <t>4118/HD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>JHARNA ENTERPRISE</t>
-  </si>
-[...13 lines deleted...]
-    <t>26/12/2025</t>
   </si>
   <si>
     <t>Continuation order for Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/10/2025 to 30/11/2025)</t>
   </si>
   <si>
     <t>ORD/000210/2025-2026</t>
   </si>
   <si>
     <t>3975/HD</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2835,51 +2790,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W193"/>
+  <dimension ref="A1:W190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="64.841309" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -9216,3836 +9171,3836 @@
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H111" s="13" t="s">
         <v>432</v>
       </c>
       <c r="I111" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J111" s="13" t="s">
+      <c r="J111" s="13"/>
+      <c r="K111" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="K111" s="4" t="s">
+      <c r="L111" s="4" t="s">
         <v>434</v>
       </c>
-      <c r="L111" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M111" s="4" t="s">
-        <v>436</v>
+        <v>297</v>
       </c>
       <c r="N111" s="4" t="s">
-        <v>437</v>
+        <v>298</v>
       </c>
       <c r="O111" s="4" t="s">
-        <v>438</v>
+        <v>204</v>
       </c>
       <c r="P111" s="4">
-        <v>0.79</v>
+        <v>1.77</v>
       </c>
       <c r="Q111" s="4">
-        <v>0</v>
+        <v>1.27</v>
       </c>
       <c r="R111" s="4">
-        <v>0</v>
+        <v>71.81</v>
       </c>
       <c r="S111" s="4">
         <v>0</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H112" s="13" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="I112" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J112" s="13"/>
       <c r="K112" s="4" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="L112" s="4" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="M112" s="4" t="s">
-        <v>297</v>
+        <v>59</v>
       </c>
       <c r="N112" s="4" t="s">
-        <v>298</v>
+        <v>60</v>
       </c>
       <c r="O112" s="4" t="s">
-        <v>204</v>
+        <v>438</v>
       </c>
       <c r="P112" s="4">
-        <v>1.77</v>
+        <v>198.75</v>
       </c>
       <c r="Q112" s="4">
-        <v>1.27</v>
+        <v>68.97</v>
       </c>
       <c r="R112" s="4">
-        <v>71.81</v>
+        <v>34.7</v>
       </c>
       <c r="S112" s="4">
         <v>0</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H113" s="13" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="I113" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J113" s="13"/>
       <c r="K113" s="4" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="L113" s="4" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O113" s="4" t="s">
-        <v>445</v>
+        <v>241</v>
       </c>
       <c r="P113" s="4">
-        <v>198.75</v>
+        <v>239.97</v>
       </c>
       <c r="Q113" s="4">
-        <v>68.97</v>
+        <v>204.66</v>
       </c>
       <c r="R113" s="4">
-        <v>34.7</v>
+        <v>85.28</v>
       </c>
       <c r="S113" s="4">
         <v>0</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H114" s="13" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="I114" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J114" s="13"/>
       <c r="K114" s="4" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="L114" s="4" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O114" s="4" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="P114" s="4">
-        <v>239.97</v>
+        <v>232</v>
       </c>
       <c r="Q114" s="4">
-        <v>204.66</v>
+        <v>37.12</v>
       </c>
       <c r="R114" s="4">
-        <v>85.28</v>
+        <v>16</v>
       </c>
       <c r="S114" s="4">
         <v>0</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="13" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="I115" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="13"/>
       <c r="K115" s="4" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="L115" s="4" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="M115" s="4" t="s">
-        <v>59</v>
+        <v>448</v>
       </c>
       <c r="N115" s="4" t="s">
-        <v>60</v>
+        <v>449</v>
       </c>
       <c r="O115" s="4" t="s">
-        <v>237</v>
+        <v>43</v>
       </c>
       <c r="P115" s="4">
-        <v>232</v>
+        <v>54.6</v>
       </c>
       <c r="Q115" s="4">
-        <v>37.12</v>
+        <v>51.86</v>
       </c>
       <c r="R115" s="4">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="S115" s="4">
         <v>0</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H116" s="13" t="s">
+        <v>450</v>
+      </c>
+      <c r="I116" s="13"/>
+      <c r="J116" s="13" t="s">
+        <v>451</v>
+      </c>
+      <c r="K116" s="4" t="s">
         <v>452</v>
       </c>
-      <c r="I116" s="13" t="s">
-[...3 lines deleted...]
-      <c r="K116" s="4" t="s">
+      <c r="L116" s="4" t="s">
         <v>453</v>
       </c>
-      <c r="L116" s="4" t="s">
+      <c r="M116" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="N116" s="4" t="s">
         <v>454</v>
       </c>
-      <c r="M116" s="4" t="s">
+      <c r="O116" s="4" t="s">
         <v>455</v>
       </c>
-      <c r="N116" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P116" s="4">
-        <v>54.6</v>
+        <v>19.5</v>
       </c>
       <c r="Q116" s="4">
-        <v>51.86</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="13" t="s">
+        <v>456</v>
+      </c>
+      <c r="I117" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J117" s="13"/>
+      <c r="K117" s="4" t="s">
         <v>457</v>
       </c>
-      <c r="I117" s="13"/>
-[...3 lines deleted...]
-      <c r="K117" s="4" t="s">
+      <c r="L117" s="4" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>286</v>
       </c>
       <c r="N117" s="4" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="O117" s="4" t="s">
-        <v>461</v>
+        <v>290</v>
       </c>
       <c r="P117" s="4">
-        <v>19.5</v>
+        <v>7.94</v>
       </c>
       <c r="Q117" s="4">
-        <v>0</v>
+        <v>7.25</v>
       </c>
       <c r="R117" s="4">
-        <v>0</v>
+        <v>91.32</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H118" s="13" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="I118" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J118" s="13"/>
       <c r="K118" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="L118" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="M118" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="N118" s="4" t="s">
         <v>463</v>
       </c>
-      <c r="L118" s="4" t="s">
+      <c r="O118" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="M118" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P118" s="4">
-        <v>7.94</v>
+        <v>32.38</v>
       </c>
       <c r="Q118" s="4">
-        <v>7.25</v>
+        <v>25.21</v>
       </c>
       <c r="R118" s="4">
-        <v>91.32</v>
+        <v>77.87</v>
       </c>
       <c r="S118" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H119" s="13" t="s">
         <v>465</v>
       </c>
       <c r="I119" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J119" s="13"/>
       <c r="K119" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>467</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>468</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>469</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>470</v>
       </c>
       <c r="P119" s="4">
-        <v>32.38</v>
+        <v>0.48</v>
       </c>
       <c r="Q119" s="4">
-        <v>25.21</v>
+        <v>0.4</v>
       </c>
       <c r="R119" s="4">
-        <v>77.87</v>
+        <v>83.05</v>
       </c>
       <c r="S119" s="4">
         <v>0</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="13" t="s">
         <v>471</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J120" s="13"/>
       <c r="K120" s="4" t="s">
         <v>472</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>473</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>474</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>475</v>
       </c>
       <c r="O120" s="4" t="s">
-        <v>476</v>
+        <v>39</v>
       </c>
       <c r="P120" s="4">
-        <v>0.48</v>
+        <v>2.71</v>
       </c>
       <c r="Q120" s="4">
-        <v>0.4</v>
+        <v>1.24</v>
       </c>
       <c r="R120" s="4">
-        <v>83.05</v>
+        <v>45.92</v>
       </c>
       <c r="S120" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H121" s="13" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="I121" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J121" s="13"/>
       <c r="K121" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="L121" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="L121" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M121" s="4" t="s">
-        <v>480</v>
+        <v>420</v>
       </c>
       <c r="N121" s="4" t="s">
-        <v>481</v>
+        <v>421</v>
       </c>
       <c r="O121" s="4" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="P121" s="4">
-        <v>2.71</v>
+        <v>2.2</v>
       </c>
       <c r="Q121" s="4">
-        <v>1.24</v>
+        <v>1.27</v>
       </c>
       <c r="R121" s="4">
-        <v>45.92</v>
+        <v>57.73</v>
       </c>
       <c r="S121" s="4">
         <v>100</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H122" s="13" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="I122" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J122" s="13"/>
       <c r="K122" s="4" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="L122" s="4" t="s">
-        <v>484</v>
+        <v>215</v>
       </c>
       <c r="M122" s="4" t="s">
-        <v>420</v>
+        <v>474</v>
       </c>
       <c r="N122" s="4" t="s">
-        <v>421</v>
+        <v>481</v>
       </c>
       <c r="O122" s="4" t="s">
-        <v>47</v>
+        <v>482</v>
       </c>
       <c r="P122" s="4">
-        <v>2.2</v>
+        <v>6.16</v>
       </c>
       <c r="Q122" s="4">
-        <v>1.27</v>
+        <v>5.82</v>
       </c>
       <c r="R122" s="4">
-        <v>57.73</v>
+        <v>94.54</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H123" s="13" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="I123" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J123" s="13"/>
       <c r="K123" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="L123" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="M123" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="N123" s="4" t="s">
+        <v>421</v>
+      </c>
+      <c r="O123" s="4" t="s">
         <v>486</v>
       </c>
-      <c r="L123" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P123" s="4">
-        <v>6.16</v>
+        <v>1.78</v>
       </c>
       <c r="Q123" s="4">
-        <v>5.82</v>
+        <v>0.74</v>
       </c>
       <c r="R123" s="4">
-        <v>94.54</v>
+        <v>41.59</v>
       </c>
       <c r="S123" s="4">
         <v>100</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H124" s="13" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="I124" s="13" t="s">
-        <v>26</v>
+        <v>488</v>
       </c>
       <c r="J124" s="13"/>
       <c r="K124" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="L124" s="4" t="s">
         <v>490</v>
       </c>
-      <c r="L124" s="4" t="s">
+      <c r="M124" s="4" t="s">
         <v>491</v>
       </c>
-      <c r="M124" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N124" s="4" t="s">
-        <v>421</v>
+        <v>492</v>
       </c>
       <c r="O124" s="4" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="P124" s="4">
-        <v>1.78</v>
+        <v>0.8</v>
       </c>
       <c r="Q124" s="4">
-        <v>0.74</v>
+        <v>0.54</v>
       </c>
       <c r="R124" s="4">
-        <v>41.59</v>
+        <v>67.7</v>
       </c>
       <c r="S124" s="4">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H125" s="13" t="s">
-        <v>493</v>
+        <v>311</v>
       </c>
       <c r="I125" s="13" t="s">
-        <v>494</v>
+        <v>26</v>
       </c>
       <c r="J125" s="13"/>
       <c r="K125" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="L125" s="4" t="s">
         <v>495</v>
       </c>
-      <c r="L125" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M125" s="4" t="s">
-        <v>497</v>
+        <v>59</v>
       </c>
       <c r="N125" s="4" t="s">
-        <v>498</v>
+        <v>60</v>
       </c>
       <c r="O125" s="4" t="s">
-        <v>499</v>
+        <v>315</v>
       </c>
       <c r="P125" s="4">
-        <v>0.8</v>
+        <v>176.91</v>
       </c>
       <c r="Q125" s="4">
-        <v>0.54</v>
+        <v>12.56</v>
       </c>
       <c r="R125" s="4">
-        <v>67.7</v>
+        <v>7.1</v>
       </c>
       <c r="S125" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G126" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H126" s="13" t="s">
-        <v>311</v>
+        <v>496</v>
       </c>
       <c r="I126" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J126" s="13"/>
       <c r="K126" s="4" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="L126" s="4" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="M126" s="4" t="s">
-        <v>59</v>
+        <v>468</v>
       </c>
       <c r="N126" s="4" t="s">
-        <v>60</v>
+        <v>469</v>
       </c>
       <c r="O126" s="4" t="s">
-        <v>315</v>
+        <v>47</v>
       </c>
       <c r="P126" s="4">
-        <v>176.91</v>
+        <v>2.39</v>
       </c>
       <c r="Q126" s="4">
-        <v>12.56</v>
+        <v>2.01</v>
       </c>
       <c r="R126" s="4">
-        <v>7.1</v>
+        <v>83.9</v>
       </c>
       <c r="S126" s="4">
         <v>0</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H127" s="13" t="s">
-        <v>502</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="I127" s="13"/>
       <c r="J127" s="13"/>
       <c r="K127" s="4" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="L127" s="4" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="M127" s="4" t="s">
-        <v>474</v>
+        <v>501</v>
       </c>
       <c r="N127" s="4" t="s">
-        <v>475</v>
+        <v>501</v>
       </c>
       <c r="O127" s="4" t="s">
-        <v>47</v>
+        <v>303</v>
       </c>
       <c r="P127" s="4">
-        <v>2.39</v>
+        <v>16.5</v>
       </c>
       <c r="Q127" s="4">
-        <v>2.01</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>83.9</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>0</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H128" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I128" s="13"/>
       <c r="J128" s="13"/>
       <c r="K128" s="4" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="L128" s="4" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="M128" s="4" t="s">
-        <v>507</v>
+        <v>307</v>
       </c>
       <c r="N128" s="4" t="s">
-        <v>507</v>
+        <v>307</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P128" s="4">
-        <v>16.5</v>
+        <v>21.45</v>
       </c>
       <c r="Q128" s="4">
         <v>0</v>
       </c>
       <c r="R128" s="4">
         <v>0</v>
       </c>
       <c r="S128" s="4">
         <v>0</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H129" s="13" t="s">
-        <v>299</v>
+        <v>504</v>
       </c>
       <c r="I129" s="13"/>
       <c r="J129" s="13"/>
       <c r="K129" s="4" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="L129" s="4" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="M129" s="4" t="s">
-        <v>307</v>
+        <v>507</v>
       </c>
       <c r="N129" s="4" t="s">
-        <v>307</v>
+        <v>507</v>
       </c>
       <c r="O129" s="4" t="s">
-        <v>303</v>
+        <v>328</v>
       </c>
       <c r="P129" s="4">
-        <v>21.45</v>
+        <v>1.11</v>
       </c>
       <c r="Q129" s="4">
         <v>0</v>
       </c>
       <c r="R129" s="4">
         <v>0</v>
       </c>
       <c r="S129" s="4">
         <v>0</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H130" s="13" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="I130" s="13"/>
       <c r="J130" s="13"/>
       <c r="K130" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="L130" s="4"/>
+      <c r="M130" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="N130" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="O130" s="4" t="s">
         <v>511</v>
       </c>
-      <c r="L130" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P130" s="4">
-        <v>1.11</v>
+        <v>0.09</v>
       </c>
       <c r="Q130" s="4">
         <v>0</v>
       </c>
       <c r="R130" s="4">
         <v>0</v>
       </c>
       <c r="S130" s="4">
         <v>0</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G131" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="I131" s="13"/>
       <c r="J131" s="13"/>
       <c r="K131" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="L131" s="4" t="s">
+        <v>514</v>
+      </c>
+      <c r="M131" s="4" t="s">
         <v>515</v>
       </c>
-      <c r="L131" s="4"/>
-[...2 lines deleted...]
-      </c>
       <c r="N131" s="4" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="O131" s="4" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="P131" s="4">
         <v>0.09</v>
       </c>
       <c r="Q131" s="4">
         <v>0</v>
       </c>
       <c r="R131" s="4">
         <v>0</v>
       </c>
       <c r="S131" s="4">
         <v>0</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G132" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H132" s="13" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="I132" s="13"/>
       <c r="J132" s="13"/>
       <c r="K132" s="4" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="L132" s="4"/>
       <c r="M132" s="4" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="N132" s="4" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="O132" s="4" t="s">
-        <v>517</v>
+        <v>328</v>
       </c>
       <c r="P132" s="4">
-        <v>0.09</v>
+        <v>15.58</v>
       </c>
       <c r="Q132" s="4">
         <v>0</v>
       </c>
       <c r="R132" s="4">
         <v>0</v>
       </c>
       <c r="S132" s="4">
         <v>0</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H133" s="13" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="I133" s="13"/>
       <c r="J133" s="13"/>
       <c r="K133" s="4" t="s">
-        <v>523</v>
-[...1 lines deleted...]
-      <c r="L133" s="4"/>
+        <v>520</v>
+      </c>
+      <c r="L133" s="4" t="s">
+        <v>521</v>
+      </c>
       <c r="M133" s="4" t="s">
-        <v>524</v>
+        <v>507</v>
       </c>
       <c r="N133" s="4" t="s">
-        <v>524</v>
+        <v>507</v>
       </c>
       <c r="O133" s="4" t="s">
         <v>328</v>
       </c>
       <c r="P133" s="4">
-        <v>15.58</v>
+        <v>11.93</v>
       </c>
       <c r="Q133" s="4">
         <v>0</v>
       </c>
       <c r="R133" s="4">
         <v>0</v>
       </c>
       <c r="S133" s="4">
         <v>0</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="13" t="s">
+        <v>522</v>
+      </c>
+      <c r="I134" s="13"/>
+      <c r="J134" s="13" t="s">
+        <v>451</v>
+      </c>
+      <c r="K134" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="L134" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="M134" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="N134" s="4" t="s">
         <v>525</v>
       </c>
-      <c r="I134" s="13"/>
-[...1 lines deleted...]
-      <c r="K134" s="4" t="s">
+      <c r="O134" s="4" t="s">
         <v>526</v>
       </c>
-      <c r="L134" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P134" s="4">
-        <v>11.93</v>
+        <v>267</v>
       </c>
       <c r="Q134" s="4">
-        <v>0</v>
+        <v>27.55</v>
       </c>
       <c r="R134" s="4">
-        <v>0</v>
+        <v>10.32</v>
       </c>
       <c r="S134" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="13" t="s">
+        <v>527</v>
+      </c>
+      <c r="I135" s="13" t="s">
         <v>528</v>
       </c>
-      <c r="I135" s="13"/>
       <c r="J135" s="13" t="s">
-        <v>433</v>
+        <v>529</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>467</v>
+        <v>531</v>
       </c>
       <c r="M135" s="4" t="s">
-        <v>530</v>
+        <v>421</v>
       </c>
       <c r="N135" s="4" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="O135" s="4" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="P135" s="4">
-        <v>267</v>
+        <v>6.71</v>
       </c>
       <c r="Q135" s="4">
-        <v>27.55</v>
+        <v>4.54</v>
       </c>
       <c r="R135" s="4">
-        <v>10.32</v>
+        <v>67.61</v>
       </c>
       <c r="S135" s="4">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3"/>
       <c r="D136" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="13" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I136" s="13" t="s">
-        <v>534</v>
+        <v>26</v>
       </c>
       <c r="J136" s="13" t="s">
         <v>535</v>
       </c>
       <c r="K136" s="4" t="s">
         <v>536</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>537</v>
       </c>
       <c r="M136" s="4" t="s">
-        <v>421</v>
+        <v>538</v>
       </c>
       <c r="N136" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="O136" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P136" s="4">
-        <v>6.71</v>
+        <v>10.25</v>
       </c>
       <c r="Q136" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R136" s="4">
-        <v>67.61</v>
+        <v>0</v>
       </c>
       <c r="S136" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="13" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I137" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J137" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
         <v>542</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>543</v>
       </c>
       <c r="M137" s="4" t="s">
         <v>544</v>
       </c>
       <c r="N137" s="4" t="s">
         <v>545</v>
       </c>
       <c r="O137" s="4" t="s">
         <v>546</v>
       </c>
       <c r="P137" s="4">
-        <v>10.25</v>
+        <v>0.79</v>
       </c>
       <c r="Q137" s="4">
-        <v>0</v>
+        <v>0.51</v>
       </c>
       <c r="R137" s="4">
-        <v>0</v>
+        <v>65.12</v>
       </c>
       <c r="S137" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3"/>
       <c r="D138" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="13" t="s">
         <v>547</v>
       </c>
       <c r="I138" s="13" t="s">
-        <v>26</v>
+        <v>488</v>
       </c>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
         <v>548</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>549</v>
       </c>
       <c r="M138" s="4" t="s">
         <v>550</v>
       </c>
       <c r="N138" s="4" t="s">
         <v>551</v>
       </c>
       <c r="O138" s="4" t="s">
-        <v>552</v>
+        <v>493</v>
       </c>
       <c r="P138" s="4">
-        <v>0.79</v>
+        <v>0.98</v>
       </c>
       <c r="Q138" s="4">
-        <v>0.51</v>
+        <v>0.81</v>
       </c>
       <c r="R138" s="4">
-        <v>65.12</v>
+        <v>82.46</v>
       </c>
       <c r="S138" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3"/>
       <c r="D139" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="13" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="I139" s="13" t="s">
-        <v>494</v>
+        <v>26</v>
       </c>
       <c r="J139" s="13"/>
       <c r="K139" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="L139" s="4" t="s">
         <v>554</v>
       </c>
-      <c r="L139" s="4" t="s">
+      <c r="M139" s="4" t="s">
         <v>555</v>
       </c>
-      <c r="M139" s="4" t="s">
+      <c r="N139" s="4" t="s">
         <v>556</v>
       </c>
-      <c r="N139" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O139" s="4" t="s">
-        <v>499</v>
+        <v>546</v>
       </c>
       <c r="P139" s="4">
-        <v>0.98</v>
+        <v>0.79</v>
       </c>
       <c r="Q139" s="4">
-        <v>0.81</v>
+        <v>0.63</v>
       </c>
       <c r="R139" s="4">
-        <v>82.46</v>
+        <v>78.98</v>
       </c>
       <c r="S139" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="13" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J140" s="13"/>
       <c r="K140" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="L140" s="4" t="s">
         <v>559</v>
       </c>
-      <c r="L140" s="4" t="s">
+      <c r="M140" s="4" t="s">
         <v>560</v>
       </c>
-      <c r="M140" s="4" t="s">
+      <c r="N140" s="4" t="s">
         <v>561</v>
       </c>
-      <c r="N140" s="4" t="s">
+      <c r="O140" s="4" t="s">
         <v>562</v>
       </c>
-      <c r="O140" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P140" s="4">
-        <v>0.79</v>
+        <v>4.76</v>
       </c>
       <c r="Q140" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R140" s="4">
-        <v>78.98</v>
+        <v>0</v>
       </c>
       <c r="S140" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="13" t="s">
         <v>563</v>
       </c>
       <c r="I141" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J141" s="13"/>
       <c r="K141" s="4" t="s">
         <v>564</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>565</v>
       </c>
       <c r="M141" s="4" t="s">
         <v>566</v>
       </c>
       <c r="N141" s="4" t="s">
         <v>567</v>
       </c>
       <c r="O141" s="4" t="s">
-        <v>438</v>
+        <v>562</v>
       </c>
       <c r="P141" s="4">
-        <v>4.76</v>
+        <v>4.85</v>
       </c>
       <c r="Q141" s="4">
         <v>0</v>
       </c>
       <c r="R141" s="4">
         <v>0</v>
       </c>
       <c r="S141" s="4">
         <v>0</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="13" t="s">
         <v>568</v>
       </c>
       <c r="I142" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J142" s="13"/>
       <c r="K142" s="4" t="s">
         <v>569</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>570</v>
       </c>
       <c r="M142" s="4" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="N142" s="4" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="O142" s="4" t="s">
-        <v>438</v>
+        <v>562</v>
       </c>
       <c r="P142" s="4">
         <v>4.85</v>
       </c>
       <c r="Q142" s="4">
         <v>0</v>
       </c>
       <c r="R142" s="4">
         <v>0</v>
       </c>
       <c r="S142" s="4">
         <v>0</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="13" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="I143" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J143" s="13"/>
+      <c r="J143" s="13" t="s">
+        <v>572</v>
+      </c>
       <c r="K143" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="L143" s="4" t="s">
         <v>574</v>
       </c>
-      <c r="L143" s="4" t="s">
+      <c r="M143" s="4" t="s">
         <v>575</v>
       </c>
-      <c r="M143" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N143" s="4" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="O143" s="4" t="s">
-        <v>438</v>
+        <v>88</v>
       </c>
       <c r="P143" s="4">
-        <v>4.85</v>
+        <v>38.43</v>
       </c>
       <c r="Q143" s="4">
-        <v>0</v>
+        <v>29.21</v>
       </c>
       <c r="R143" s="4">
-        <v>0</v>
+        <v>76.03</v>
       </c>
       <c r="S143" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="I144" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J144" s="13" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="K144" s="4" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="L144" s="4" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="M144" s="4" t="s">
-        <v>580</v>
+        <v>556</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>581</v>
       </c>
       <c r="O144" s="4" t="s">
-        <v>88</v>
+        <v>582</v>
       </c>
       <c r="P144" s="4">
-        <v>38.43</v>
+        <v>0.79</v>
       </c>
       <c r="Q144" s="4">
-        <v>29.21</v>
+        <v>0.73</v>
       </c>
       <c r="R144" s="4">
-        <v>76.03</v>
+        <v>91.35</v>
       </c>
       <c r="S144" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H145" s="13" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="I145" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J145" s="13" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M145" s="4" t="s">
-        <v>562</v>
+        <v>586</v>
       </c>
       <c r="N145" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="O145" s="4" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="P145" s="4">
         <v>0.79</v>
       </c>
       <c r="Q145" s="4">
-        <v>0.73</v>
+        <v>0.76</v>
       </c>
       <c r="R145" s="4">
-        <v>91.35</v>
+        <v>96.29</v>
       </c>
       <c r="S145" s="4">
         <v>0</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="13" t="s">
         <v>588</v>
       </c>
       <c r="I146" s="13" t="s">
-        <v>26</v>
+        <v>528</v>
       </c>
       <c r="J146" s="13" t="s">
-        <v>583</v>
+        <v>417</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>589</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>590</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>591</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>592</v>
       </c>
       <c r="O146" s="4" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="P146" s="4">
-        <v>0.79</v>
+        <v>0.99</v>
       </c>
       <c r="Q146" s="4">
-        <v>0.76</v>
+        <v>0.96</v>
       </c>
       <c r="R146" s="4">
-        <v>96.29</v>
+        <v>96.49</v>
       </c>
       <c r="S146" s="4">
         <v>0</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H147" s="13" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I147" s="13" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K147" s="4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="L147" s="4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M147" s="4" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="N147" s="4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="O147" s="4" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="P147" s="4">
-        <v>0.99</v>
+        <v>1</v>
       </c>
       <c r="Q147" s="4">
         <v>0.96</v>
       </c>
       <c r="R147" s="4">
-        <v>96.49</v>
+        <v>96.78</v>
       </c>
       <c r="S147" s="4">
         <v>0</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H148" s="13" t="s">
         <v>599</v>
       </c>
       <c r="I148" s="13" t="s">
-        <v>534</v>
+        <v>26</v>
       </c>
       <c r="J148" s="13" t="s">
-        <v>417</v>
+        <v>578</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>600</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>601</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>602</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>603</v>
       </c>
       <c r="O148" s="4" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="P148" s="4">
-        <v>1</v>
+        <v>0.79</v>
       </c>
       <c r="Q148" s="4">
-        <v>0.96</v>
+        <v>0.78</v>
       </c>
       <c r="R148" s="4">
-        <v>96.78</v>
+        <v>97.86</v>
       </c>
       <c r="S148" s="4">
         <v>0</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="13" t="s">
         <v>604</v>
       </c>
       <c r="I149" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J149" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J149" s="13"/>
       <c r="K149" s="4" t="s">
         <v>605</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>606</v>
       </c>
       <c r="M149" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="N149" s="4" t="s">
         <v>607</v>
       </c>
-      <c r="N149" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O149" s="4" t="s">
-        <v>587</v>
+        <v>546</v>
       </c>
       <c r="P149" s="4">
-        <v>0.79</v>
+        <v>1</v>
       </c>
       <c r="Q149" s="4">
-        <v>0.78</v>
+        <v>0.82</v>
       </c>
       <c r="R149" s="4">
-        <v>97.86</v>
+        <v>82.5</v>
       </c>
       <c r="S149" s="4">
         <v>0</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="13" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="I150" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J150" s="13"/>
       <c r="K150" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="L150" s="4" t="s">
         <v>610</v>
       </c>
-      <c r="L150" s="4" t="s">
+      <c r="M150" s="4" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>612</v>
       </c>
       <c r="O150" s="4" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="P150" s="4">
         <v>1</v>
       </c>
       <c r="Q150" s="4">
-        <v>0.82</v>
+        <v>0.91</v>
       </c>
       <c r="R150" s="4">
-        <v>82.5</v>
+        <v>91.76</v>
       </c>
       <c r="S150" s="4">
         <v>0</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H151" s="13" t="s">
         <v>613</v>
       </c>
       <c r="I151" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J151" s="13"/>
+      <c r="J151" s="13" t="s">
+        <v>578</v>
+      </c>
       <c r="K151" s="4" t="s">
         <v>614</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>615</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>616</v>
       </c>
       <c r="N151" s="4" t="s">
-        <v>617</v>
+        <v>602</v>
       </c>
       <c r="O151" s="4" t="s">
-        <v>552</v>
+        <v>582</v>
       </c>
       <c r="P151" s="4">
-        <v>1</v>
+        <v>0.79</v>
       </c>
       <c r="Q151" s="4">
-        <v>0.91</v>
+        <v>0.78</v>
       </c>
       <c r="R151" s="4">
-        <v>91.76</v>
+        <v>98.67</v>
       </c>
       <c r="S151" s="4">
         <v>0</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="13" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I152" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J152" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J152" s="13"/>
       <c r="K152" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="L152" s="4" t="s">
         <v>619</v>
       </c>
-      <c r="L152" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M152" s="4" t="s">
-        <v>621</v>
+        <v>560</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>607</v>
+        <v>561</v>
       </c>
       <c r="O152" s="4" t="s">
-        <v>587</v>
+        <v>562</v>
       </c>
       <c r="P152" s="4">
-        <v>0.79</v>
+        <v>4.48</v>
       </c>
       <c r="Q152" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R152" s="4">
-        <v>98.67</v>
+        <v>0</v>
       </c>
       <c r="S152" s="4">
         <v>0</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C153" s="3"/>
       <c r="D153" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H153" s="13" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="I153" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J153" s="13"/>
       <c r="K153" s="4" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="L153" s="4" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="M153" s="4" t="s">
-        <v>566</v>
+        <v>59</v>
       </c>
       <c r="N153" s="4" t="s">
-        <v>567</v>
+        <v>60</v>
       </c>
       <c r="O153" s="4" t="s">
-        <v>438</v>
+        <v>221</v>
       </c>
       <c r="P153" s="4">
-        <v>4.48</v>
+        <v>220.68</v>
       </c>
       <c r="Q153" s="4">
-        <v>0</v>
+        <v>158.01</v>
       </c>
       <c r="R153" s="4">
-        <v>0</v>
+        <v>71.6</v>
       </c>
       <c r="S153" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="3"/>
       <c r="D154" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H154" s="13" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="I154" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J154" s="13"/>
       <c r="K154" s="4" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="L154" s="4" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="M154" s="4" t="s">
-        <v>59</v>
+        <v>219</v>
       </c>
       <c r="N154" s="4" t="s">
-        <v>60</v>
+        <v>220</v>
       </c>
       <c r="O154" s="4" t="s">
-        <v>221</v>
+        <v>315</v>
       </c>
       <c r="P154" s="4">
-        <v>220.68</v>
+        <v>1.98</v>
       </c>
       <c r="Q154" s="4">
-        <v>158.01</v>
+        <v>0</v>
       </c>
       <c r="R154" s="4">
-        <v>71.6</v>
+        <v>0</v>
       </c>
       <c r="S154" s="4">
         <v>100</v>
       </c>
       <c r="T154" s="1"/>
       <c r="U154" s="1"/>
       <c r="V154" s="1"/>
       <c r="W154" s="1"/>
     </row>
     <row r="155" spans="1:23">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C155" s="3"/>
       <c r="D155" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E155" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H155" s="13" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="I155" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J155" s="13"/>
+      <c r="J155" s="13" t="s">
+        <v>417</v>
+      </c>
       <c r="K155" s="4" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="L155" s="4" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="M155" s="4" t="s">
-        <v>219</v>
+        <v>462</v>
       </c>
       <c r="N155" s="4" t="s">
-        <v>220</v>
+        <v>463</v>
       </c>
       <c r="O155" s="4" t="s">
-        <v>315</v>
+        <v>464</v>
       </c>
       <c r="P155" s="4">
-        <v>1.98</v>
+        <v>32.38</v>
       </c>
       <c r="Q155" s="4">
-        <v>0</v>
+        <v>24.54</v>
       </c>
       <c r="R155" s="4">
-        <v>0</v>
+        <v>75.8</v>
       </c>
       <c r="S155" s="4">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C156" s="3"/>
       <c r="D156" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G156" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H156" s="13" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="I156" s="13" t="s">
-        <v>26</v>
+        <v>488</v>
       </c>
       <c r="J156" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K156" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="L156" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="M156" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="N156" s="4" t="s">
         <v>632</v>
       </c>
-      <c r="L156" s="4" t="s">
+      <c r="O156" s="4" t="s">
         <v>633</v>
       </c>
-      <c r="M156" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P156" s="4">
-        <v>32.38</v>
+        <v>6.12</v>
       </c>
       <c r="Q156" s="4">
-        <v>24.54</v>
+        <v>5.82</v>
       </c>
       <c r="R156" s="4">
-        <v>75.8</v>
+        <v>95.2</v>
       </c>
       <c r="S156" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C157" s="3"/>
       <c r="D157" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E157" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="13" t="s">
         <v>634</v>
       </c>
       <c r="I157" s="13" t="s">
-        <v>494</v>
+        <v>26</v>
       </c>
       <c r="J157" s="13" t="s">
-        <v>417</v>
+        <v>529</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>635</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>636</v>
       </c>
       <c r="M157" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="N157" s="4" t="s">
         <v>637</v>
       </c>
       <c r="O157" s="4" t="s">
         <v>638</v>
       </c>
       <c r="P157" s="4">
-        <v>6.12</v>
+        <v>6.79</v>
       </c>
       <c r="Q157" s="4">
-        <v>5.82</v>
+        <v>6.75</v>
       </c>
       <c r="R157" s="4">
-        <v>95.2</v>
+        <v>99.48</v>
       </c>
       <c r="S157" s="4">
         <v>100</v>
       </c>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C158" s="3"/>
       <c r="D158" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E158" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G158" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H158" s="13" t="s">
         <v>639</v>
       </c>
       <c r="I158" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J158" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J158" s="13"/>
       <c r="K158" s="4" t="s">
         <v>640</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>641</v>
       </c>
       <c r="M158" s="4" t="s">
-        <v>421</v>
+        <v>642</v>
       </c>
       <c r="N158" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="O158" s="4" t="s">
-        <v>643</v>
+        <v>47</v>
       </c>
       <c r="P158" s="4">
-        <v>6.79</v>
+        <v>0.88</v>
       </c>
       <c r="Q158" s="4">
-        <v>6.75</v>
+        <v>0.85</v>
       </c>
       <c r="R158" s="4">
-        <v>99.48</v>
+        <v>96.34</v>
       </c>
       <c r="S158" s="4">
         <v>100</v>
       </c>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C159" s="3"/>
       <c r="D159" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H159" s="13" t="s">
         <v>644</v>
       </c>
       <c r="I159" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J159" s="13"/>
       <c r="K159" s="4" t="s">
         <v>645</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>646</v>
       </c>
       <c r="M159" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="N159" s="4" t="s">
         <v>647</v>
       </c>
-      <c r="N159" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O159" s="4" t="s">
-        <v>47</v>
+        <v>204</v>
       </c>
       <c r="P159" s="4">
-        <v>0.88</v>
+        <v>0.82</v>
       </c>
       <c r="Q159" s="4">
-        <v>0.85</v>
+        <v>0.82</v>
       </c>
       <c r="R159" s="4">
-        <v>96.34</v>
+        <v>99.3</v>
       </c>
       <c r="S159" s="4">
         <v>100</v>
       </c>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C160" s="3"/>
       <c r="D160" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="13" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="I160" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J160" s="13"/>
       <c r="K160" s="4" t="s">
+        <v>649</v>
+      </c>
+      <c r="L160" s="4" t="s">
         <v>650</v>
       </c>
-      <c r="L160" s="4" t="s">
+      <c r="M160" s="4" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
       <c r="N160" s="4" t="s">
         <v>652</v>
       </c>
       <c r="O160" s="4" t="s">
-        <v>204</v>
+        <v>526</v>
       </c>
       <c r="P160" s="4">
-        <v>0.82</v>
+        <v>95.69</v>
       </c>
       <c r="Q160" s="4">
-        <v>0.82</v>
+        <v>95.69</v>
       </c>
       <c r="R160" s="4">
-        <v>99.3</v>
+        <v>100</v>
       </c>
       <c r="S160" s="4">
         <v>100</v>
       </c>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C161" s="3"/>
       <c r="D161" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G161" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H161" s="13" t="s">
         <v>653</v>
       </c>
       <c r="I161" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J161" s="13"/>
       <c r="K161" s="4" t="s">
         <v>654</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>655</v>
       </c>
       <c r="M161" s="4" t="s">
         <v>656</v>
       </c>
       <c r="N161" s="4" t="s">
         <v>657</v>
       </c>
       <c r="O161" s="4" t="s">
-        <v>532</v>
+        <v>428</v>
       </c>
       <c r="P161" s="4">
-        <v>95.69</v>
+        <v>0.88</v>
       </c>
       <c r="Q161" s="4">
-        <v>95.69</v>
+        <v>0.86</v>
       </c>
       <c r="R161" s="4">
-        <v>100</v>
+        <v>98.27</v>
       </c>
       <c r="S161" s="4">
         <v>100</v>
       </c>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C162" s="3"/>
       <c r="D162" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E162" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H162" s="13" t="s">
         <v>658</v>
       </c>
       <c r="I162" s="13" t="s">
-        <v>26</v>
+        <v>488</v>
       </c>
       <c r="J162" s="13"/>
       <c r="K162" s="4" t="s">
         <v>659</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>660</v>
       </c>
       <c r="M162" s="4" t="s">
-        <v>436</v>
+        <v>661</v>
       </c>
       <c r="N162" s="4" t="s">
-        <v>437</v>
+        <v>662</v>
       </c>
       <c r="O162" s="4" t="s">
-        <v>428</v>
+        <v>493</v>
       </c>
       <c r="P162" s="4">
-        <v>0.88</v>
+        <v>0.8</v>
       </c>
       <c r="Q162" s="4">
-        <v>0.86</v>
+        <v>0.52</v>
       </c>
       <c r="R162" s="4">
-        <v>98.27</v>
+        <v>65.23</v>
       </c>
       <c r="S162" s="4">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E163" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="13" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="I163" s="13" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="J163" s="13"/>
+        <v>26</v>
+      </c>
+      <c r="J163" s="13" t="s">
+        <v>535</v>
+      </c>
       <c r="K163" s="4" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="L163" s="4" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="M163" s="4" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="N163" s="4" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="O163" s="4" t="s">
-        <v>499</v>
+        <v>94</v>
       </c>
       <c r="P163" s="4">
-        <v>0.8</v>
+        <v>12.51</v>
       </c>
       <c r="Q163" s="4">
-        <v>0.52</v>
+        <v>10.34</v>
       </c>
       <c r="R163" s="4">
-        <v>65.23</v>
+        <v>82.69</v>
       </c>
       <c r="S163" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C164" s="3"/>
       <c r="D164" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E164" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H164" s="13" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="I164" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J164" s="13" t="s">
-        <v>541</v>
+        <v>669</v>
       </c>
       <c r="K164" s="4" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="L164" s="4" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="M164" s="4" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="N164" s="4" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="O164" s="4" t="s">
-        <v>94</v>
+        <v>674</v>
       </c>
       <c r="P164" s="4">
-        <v>12.51</v>
+        <v>2.04</v>
       </c>
       <c r="Q164" s="4">
-        <v>10.34</v>
+        <v>2.04</v>
       </c>
       <c r="R164" s="4">
-        <v>82.69</v>
+        <v>100</v>
       </c>
       <c r="S164" s="4">
         <v>100</v>
       </c>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C165" s="3"/>
       <c r="D165" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E165" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H165" s="13" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="I165" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J165" s="13" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="K165" s="4" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="L165" s="4" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="M165" s="4" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="N165" s="4" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="O165" s="4" t="s">
-        <v>677</v>
+        <v>290</v>
       </c>
       <c r="P165" s="4">
-        <v>2.04</v>
+        <v>11.22</v>
       </c>
       <c r="Q165" s="4">
-        <v>2.04</v>
+        <v>0</v>
       </c>
       <c r="R165" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S165" s="4">
         <v>100</v>
       </c>
       <c r="T165" s="1"/>
       <c r="U165" s="1"/>
       <c r="V165" s="1"/>
       <c r="W165" s="1"/>
     </row>
     <row r="166" spans="1:23">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C166" s="3"/>
       <c r="D166" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H166" s="13" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="I166" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J166" s="13" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="K166" s="4" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="L166" s="4" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="M166" s="4" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="N166" s="4" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="O166" s="4" t="s">
-        <v>290</v>
+        <v>123</v>
       </c>
       <c r="P166" s="4">
-        <v>11.22</v>
+        <v>31.53</v>
       </c>
       <c r="Q166" s="4">
-        <v>0</v>
+        <v>27.63</v>
       </c>
       <c r="R166" s="4">
-        <v>0</v>
+        <v>87.62</v>
       </c>
       <c r="S166" s="4">
         <v>100</v>
       </c>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G167" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H167" s="13" t="s">
-        <v>684</v>
-[...6 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="I167" s="13"/>
+      <c r="J167" s="13"/>
       <c r="K167" s="4" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="L167" s="4" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M167" s="4" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="N167" s="4" t="s">
         <v>688</v>
       </c>
       <c r="O167" s="4" t="s">
-        <v>123</v>
+        <v>303</v>
       </c>
       <c r="P167" s="4">
-        <v>31.53</v>
+        <v>5.18</v>
       </c>
       <c r="Q167" s="4">
-        <v>27.63</v>
+        <v>0</v>
       </c>
       <c r="R167" s="4">
-        <v>87.62</v>
+        <v>0</v>
       </c>
       <c r="S167" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T167" s="1"/>
       <c r="U167" s="1"/>
       <c r="V167" s="1"/>
       <c r="W167" s="1"/>
     </row>
     <row r="168" spans="1:23">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C168" s="3"/>
       <c r="D168" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E168" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F168" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G168" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H168" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I168" s="13"/>
       <c r="J168" s="13"/>
       <c r="K168" s="4" t="s">
         <v>689</v>
       </c>
       <c r="L168" s="4" t="s">
         <v>690</v>
       </c>
       <c r="M168" s="4" t="s">
         <v>691</v>
       </c>
       <c r="N168" s="4" t="s">
         <v>691</v>
       </c>
       <c r="O168" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P168" s="4">
-        <v>5.18</v>
+        <v>12.94</v>
       </c>
       <c r="Q168" s="4">
         <v>0</v>
       </c>
       <c r="R168" s="4">
         <v>0</v>
       </c>
       <c r="S168" s="4">
         <v>0</v>
       </c>
       <c r="T168" s="1"/>
       <c r="U168" s="1"/>
       <c r="V168" s="1"/>
       <c r="W168" s="1"/>
     </row>
     <row r="169" spans="1:23">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C169" s="3"/>
       <c r="D169" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H169" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I169" s="13"/>
       <c r="J169" s="13"/>
       <c r="K169" s="4" t="s">
         <v>692</v>
       </c>
       <c r="L169" s="4" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="M169" s="4" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="N169" s="4" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="O169" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P169" s="4">
-        <v>12.94</v>
+        <v>1.49</v>
       </c>
       <c r="Q169" s="4">
         <v>0</v>
       </c>
       <c r="R169" s="4">
         <v>0</v>
       </c>
       <c r="S169" s="4">
         <v>0</v>
       </c>
       <c r="T169" s="1"/>
       <c r="U169" s="1"/>
       <c r="V169" s="1"/>
       <c r="W169" s="1"/>
     </row>
     <row r="170" spans="1:23">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C170" s="3"/>
       <c r="D170" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E170" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F170" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G170" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H170" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I170" s="13"/>
       <c r="J170" s="13"/>
       <c r="K170" s="4" t="s">
+        <v>693</v>
+      </c>
+      <c r="L170" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="M170" s="4" t="s">
         <v>695</v>
       </c>
-      <c r="L170" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N170" s="4" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="O170" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P170" s="4">
-        <v>1.49</v>
+        <v>5.64</v>
       </c>
       <c r="Q170" s="4">
         <v>0</v>
       </c>
       <c r="R170" s="4">
         <v>0</v>
       </c>
       <c r="S170" s="4">
         <v>0</v>
       </c>
       <c r="T170" s="1"/>
       <c r="U170" s="1"/>
       <c r="V170" s="1"/>
       <c r="W170" s="1"/>
     </row>
     <row r="171" spans="1:23">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C171" s="3"/>
       <c r="D171" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F171" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G171" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H171" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I171" s="13"/>
       <c r="J171" s="13"/>
       <c r="K171" s="4" t="s">
         <v>696</v>
       </c>
       <c r="L171" s="4" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="M171" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="N171" s="4" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="O171" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P171" s="4">
-        <v>5.64</v>
+        <v>2.19</v>
       </c>
       <c r="Q171" s="4">
         <v>0</v>
       </c>
       <c r="R171" s="4">
         <v>0</v>
       </c>
       <c r="S171" s="4">
         <v>0</v>
       </c>
       <c r="T171" s="1"/>
       <c r="U171" s="1"/>
       <c r="V171" s="1"/>
       <c r="W171" s="1"/>
     </row>
     <row r="172" spans="1:23">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C172" s="3"/>
       <c r="D172" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E172" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H172" s="13" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-      <c r="J172" s="13"/>
+        <v>697</v>
+      </c>
+      <c r="I172" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J172" s="13" t="s">
+        <v>451</v>
+      </c>
       <c r="K172" s="4" t="s">
+        <v>698</v>
+      </c>
+      <c r="L172" s="4" t="s">
         <v>699</v>
       </c>
-      <c r="L172" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M172" s="4" t="s">
-        <v>691</v>
+        <v>656</v>
       </c>
       <c r="N172" s="4" t="s">
-        <v>691</v>
+        <v>657</v>
       </c>
       <c r="O172" s="4" t="s">
-        <v>303</v>
+        <v>562</v>
       </c>
       <c r="P172" s="4">
-        <v>2.19</v>
+        <v>0.79</v>
       </c>
       <c r="Q172" s="4">
         <v>0</v>
       </c>
       <c r="R172" s="4">
         <v>0</v>
       </c>
       <c r="S172" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C173" s="3"/>
       <c r="D173" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="13" t="s">
         <v>700</v>
       </c>
       <c r="I173" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J173" s="13"/>
       <c r="K173" s="4" t="s">
         <v>701</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>702</v>
       </c>
       <c r="M173" s="4" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="N173" s="4" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="O173" s="4" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="P173" s="4">
         <v>1</v>
       </c>
       <c r="Q173" s="4">
         <v>0.86</v>
       </c>
       <c r="R173" s="4">
         <v>86.6</v>
       </c>
       <c r="S173" s="4">
         <v>20</v>
       </c>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C174" s="3"/>
       <c r="D174" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H174" s="13" t="s">
         <v>703</v>
       </c>
       <c r="I174" s="13" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="J174" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>704</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>705</v>
       </c>
       <c r="M174" s="4" t="s">
         <v>706</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>707</v>
       </c>
       <c r="O174" s="4" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="P174" s="4">
         <v>1</v>
       </c>
       <c r="Q174" s="4">
         <v>0.92</v>
       </c>
       <c r="R174" s="4">
         <v>91.92</v>
       </c>
       <c r="S174" s="4">
         <v>0</v>
       </c>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C175" s="3"/>
       <c r="D175" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H175" s="13" t="s">
         <v>708</v>
       </c>
       <c r="I175" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J175" s="13" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>710</v>
       </c>
       <c r="M175" s="4" t="s">
         <v>711</v>
       </c>
       <c r="N175" s="4" t="s">
         <v>712</v>
       </c>
       <c r="O175" s="4" t="s">
         <v>713</v>
       </c>
       <c r="P175" s="4">
         <v>8.36</v>
       </c>
       <c r="Q175" s="4">
         <v>0.82</v>
       </c>
       <c r="R175" s="4">
         <v>9.84</v>
       </c>
@@ -13062,173 +13017,173 @@
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C176" s="3"/>
       <c r="D176" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H176" s="13" t="s">
         <v>714</v>
       </c>
       <c r="I176" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J176" s="13" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>715</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>716</v>
       </c>
       <c r="M176" s="4" t="s">
         <v>717</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>718</v>
       </c>
       <c r="O176" s="4" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="P176" s="4">
         <v>0.79</v>
       </c>
       <c r="Q176" s="4">
         <v>0.78</v>
       </c>
       <c r="R176" s="4">
         <v>98.85</v>
       </c>
       <c r="S176" s="4">
         <v>0</v>
       </c>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C177" s="3"/>
       <c r="D177" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H177" s="13" t="s">
         <v>719</v>
       </c>
       <c r="I177" s="13" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="J177" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>720</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>721</v>
       </c>
       <c r="M177" s="4" t="s">
         <v>722</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>723</v>
       </c>
       <c r="O177" s="4" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="P177" s="4">
         <v>1</v>
       </c>
       <c r="Q177" s="4">
         <v>0.94</v>
       </c>
       <c r="R177" s="4">
         <v>94.09</v>
       </c>
       <c r="S177" s="4">
         <v>0</v>
       </c>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C178" s="3"/>
       <c r="D178" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H178" s="13" t="s">
         <v>724</v>
       </c>
       <c r="I178" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J178" s="13" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>725</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>726</v>
       </c>
       <c r="M178" s="4" t="s">
         <v>727</v>
       </c>
       <c r="N178" s="4" t="s">
         <v>728</v>
       </c>
       <c r="O178" s="4" t="s">
         <v>729</v>
       </c>
       <c r="P178" s="4">
         <v>28.36</v>
       </c>
       <c r="Q178" s="4">
         <v>20.7</v>
       </c>
       <c r="R178" s="4">
         <v>72.97</v>
       </c>
@@ -13245,127 +13200,127 @@
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C179" s="3"/>
       <c r="D179" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H179" s="13" t="s">
         <v>730</v>
       </c>
       <c r="I179" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J179" s="13" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>731</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>732</v>
       </c>
       <c r="M179" s="4" t="s">
         <v>733</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>734</v>
       </c>
       <c r="O179" s="4" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="P179" s="4">
         <v>0.79</v>
       </c>
       <c r="Q179" s="4">
         <v>0.63</v>
       </c>
       <c r="R179" s="4">
         <v>79.09</v>
       </c>
       <c r="S179" s="4">
         <v>0</v>
       </c>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C180" s="3"/>
       <c r="D180" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="13" t="s">
         <v>735</v>
       </c>
       <c r="I180" s="13" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="J180" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>736</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>737</v>
       </c>
       <c r="M180" s="4" t="s">
         <v>738</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>739</v>
       </c>
       <c r="O180" s="4" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="P180" s="4">
         <v>1</v>
       </c>
       <c r="Q180" s="4">
         <v>0.64</v>
       </c>
       <c r="R180" s="4">
         <v>64.09</v>
       </c>
       <c r="S180" s="4">
         <v>0</v>
       </c>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>20</v>
       </c>
@@ -13374,57 +13329,57 @@
         <v>21</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="13" t="s">
         <v>740</v>
       </c>
       <c r="I181" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J181" s="13"/>
       <c r="K181" s="4" t="s">
         <v>741</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>742</v>
       </c>
       <c r="M181" s="4" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="N181" s="4" t="s">
         <v>718</v>
       </c>
       <c r="O181" s="4" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="P181" s="4">
         <v>1</v>
       </c>
       <c r="Q181" s="4">
         <v>0.86</v>
       </c>
       <c r="R181" s="4">
         <v>85.88</v>
       </c>
       <c r="S181" s="4">
         <v>0</v>
       </c>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>20</v>
       </c>
@@ -13439,357 +13394,355 @@
         <v>23</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="13" t="s">
         <v>743</v>
       </c>
       <c r="I182" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J182" s="13"/>
       <c r="K182" s="4" t="s">
         <v>744</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>745</v>
       </c>
       <c r="M182" s="4" t="s">
         <v>746</v>
       </c>
       <c r="N182" s="4" t="s">
         <v>747</v>
       </c>
       <c r="O182" s="4" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="P182" s="4">
         <v>0.99</v>
       </c>
       <c r="Q182" s="4">
         <v>0.3</v>
       </c>
       <c r="R182" s="4">
         <v>30.28</v>
       </c>
       <c r="S182" s="4">
         <v>0</v>
       </c>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C183" s="3"/>
       <c r="D183" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H183" s="13" t="s">
         <v>748</v>
       </c>
       <c r="I183" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J183" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J183" s="13"/>
       <c r="K183" s="4" t="s">
         <v>749</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>750</v>
       </c>
       <c r="M183" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="N183" s="4" t="s">
         <v>751</v>
       </c>
-      <c r="N183" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O183" s="4" t="s">
-        <v>587</v>
+        <v>546</v>
       </c>
       <c r="P183" s="4">
-        <v>0.79</v>
+        <v>0.99</v>
       </c>
       <c r="Q183" s="4">
-        <v>0</v>
+        <v>0.83</v>
       </c>
       <c r="R183" s="4">
-        <v>0</v>
+        <v>83.75</v>
       </c>
       <c r="S183" s="4">
         <v>0</v>
       </c>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C184" s="3"/>
       <c r="D184" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E184" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H184" s="13" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="I184" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J184" s="13"/>
+      <c r="J184" s="13" t="s">
+        <v>578</v>
+      </c>
       <c r="K184" s="4" t="s">
+        <v>753</v>
+      </c>
+      <c r="L184" s="4" t="s">
         <v>754</v>
       </c>
-      <c r="L184" s="4" t="s">
+      <c r="M184" s="4" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="N184" s="4" t="s">
         <v>756</v>
       </c>
       <c r="O184" s="4" t="s">
-        <v>552</v>
+        <v>582</v>
       </c>
       <c r="P184" s="4">
-        <v>0.99</v>
+        <v>0.79</v>
       </c>
       <c r="Q184" s="4">
-        <v>0.83</v>
+        <v>0.76</v>
       </c>
       <c r="R184" s="4">
-        <v>83.75</v>
+        <v>95.23</v>
       </c>
       <c r="S184" s="4">
         <v>0</v>
       </c>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H185" s="13" t="s">
         <v>757</v>
       </c>
       <c r="I185" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J185" s="13" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>758</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>759</v>
       </c>
       <c r="M185" s="4" t="s">
+        <v>738</v>
+      </c>
+      <c r="N185" s="4" t="s">
         <v>760</v>
       </c>
-      <c r="N185" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O185" s="4" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="P185" s="4">
         <v>0.79</v>
       </c>
       <c r="Q185" s="4">
         <v>0.76</v>
       </c>
       <c r="R185" s="4">
-        <v>95.23</v>
+        <v>96.7</v>
       </c>
       <c r="S185" s="4">
         <v>0</v>
       </c>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C186" s="3"/>
       <c r="D186" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="13" t="s">
+        <v>761</v>
+      </c>
+      <c r="I186" s="13" t="s">
+        <v>528</v>
+      </c>
+      <c r="J186" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="K186" s="4" t="s">
         <v>762</v>
       </c>
-      <c r="I186" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K186" s="4" t="s">
+      <c r="L186" s="4" t="s">
         <v>763</v>
       </c>
-      <c r="L186" s="4" t="s">
+      <c r="M186" s="4" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="N186" s="4" t="s">
         <v>765</v>
       </c>
       <c r="O186" s="4" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="P186" s="4">
-        <v>0.79</v>
+        <v>1</v>
       </c>
       <c r="Q186" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R186" s="4">
-        <v>96.7</v>
+        <v>0</v>
       </c>
       <c r="S186" s="4">
         <v>0</v>
       </c>
       <c r="T186" s="1"/>
       <c r="U186" s="1"/>
       <c r="V186" s="1"/>
       <c r="W186" s="1"/>
     </row>
     <row r="187" spans="1:23">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C187" s="3"/>
       <c r="D187" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E187" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="13" t="s">
         <v>766</v>
       </c>
       <c r="I187" s="13" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="J187" s="13"/>
       <c r="K187" s="4" t="s">
         <v>767</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>768</v>
       </c>
       <c r="M187" s="4" t="s">
         <v>769</v>
       </c>
       <c r="N187" s="4" t="s">
         <v>770</v>
       </c>
       <c r="O187" s="4" t="s">
-        <v>598</v>
+        <v>546</v>
       </c>
       <c r="P187" s="4">
-        <v>1</v>
+        <v>0.99</v>
       </c>
       <c r="Q187" s="4">
         <v>0</v>
       </c>
       <c r="R187" s="4">
         <v>0</v>
       </c>
       <c r="S187" s="4">
         <v>0</v>
       </c>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C188" s="3"/>
       <c r="D188" s="3" t="s">
         <v>21</v>
@@ -13801,347 +13754,166 @@
         <v>23</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H188" s="13" t="s">
         <v>771</v>
       </c>
       <c r="I188" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J188" s="13"/>
       <c r="K188" s="4" t="s">
         <v>772</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>773</v>
       </c>
       <c r="M188" s="4" t="s">
         <v>774</v>
       </c>
       <c r="N188" s="4" t="s">
         <v>775</v>
       </c>
       <c r="O188" s="4" t="s">
-        <v>552</v>
+        <v>776</v>
       </c>
       <c r="P188" s="4">
-        <v>0.99</v>
+        <v>4.79</v>
       </c>
       <c r="Q188" s="4">
         <v>0</v>
       </c>
       <c r="R188" s="4">
         <v>0</v>
       </c>
       <c r="S188" s="4">
         <v>0</v>
       </c>
       <c r="T188" s="1"/>
       <c r="U188" s="1"/>
       <c r="V188" s="1"/>
       <c r="W188" s="1"/>
     </row>
     <row r="189" spans="1:23">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="3"/>
       <c r="D189" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H189" s="13" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="I189" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J189" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J189" s="13"/>
       <c r="K189" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="L189" s="4" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="M189" s="4" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="N189" s="4" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="O189" s="4" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="P189" s="4">
         <v>0.79</v>
       </c>
       <c r="Q189" s="4">
         <v>0</v>
       </c>
       <c r="R189" s="4">
         <v>0</v>
       </c>
       <c r="S189" s="4">
         <v>0</v>
       </c>
       <c r="T189" s="1"/>
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
-      <c r="A190" s="3">
-[...25 lines deleted...]
-      <c r="K190" s="4" t="s">
+      <c r="A190" s="7" t="s">
         <v>782</v>
       </c>
-      <c r="L190" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B190" s="7"/>
+      <c r="C190" s="7"/>
+      <c r="D190" s="7"/>
+      <c r="E190" s="11"/>
+      <c r="F190" s="7"/>
+      <c r="G190" s="7"/>
+      <c r="H190" s="14"/>
+      <c r="I190" s="14"/>
+      <c r="J190" s="14"/>
+      <c r="K190" s="8"/>
+      <c r="L190" s="8"/>
+      <c r="M190" s="8"/>
+      <c r="N190" s="8"/>
+      <c r="O190" s="8">
+        <v>3446.26</v>
+      </c>
+      <c r="P190" s="8">
+        <v>1329.38</v>
+      </c>
+      <c r="Q190" s="8">
+        <v>38.57</v>
+      </c>
+      <c r="R190" s="8"/>
+      <c r="S190" s="8"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
-    <row r="191" spans="1:23">
-[...151 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A193:N193"/>
+    <mergeCell ref="A190:N190"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>