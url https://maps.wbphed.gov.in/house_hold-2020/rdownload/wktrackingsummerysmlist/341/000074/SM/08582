--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1583,50 +1583,53 @@
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>Bally Jagacha Phase -I</t>
   </si>
   <si>
     <t>BILL/00155/2022-2023</t>
   </si>
   <si>
     <t>20/01/2023</t>
   </si>
   <si>
     <t>Railway Permission</t>
   </si>
   <si>
     <t>BILL/00464/2022-2023</t>
   </si>
   <si>
     <t>BP-2022-23-624</t>
   </si>
   <si>
     <t>1. Clear water rising main from GLR to different Zonal OHR, 2. Laying distribution system of piped water supply at (Zone-VI) and 3. Construction of Administrative Building, Store &amp; Stack Yard at Domjur Boosting Station for surface water based water supply scheme for Bally-Jagacha (Phase-II) under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>je_blk_ballyjag_how,JE Sadar</t>
+  </si>
+  <si>
     <t>ORD/000151/2020-2021</t>
   </si>
   <si>
     <t>09/11/2020</t>
   </si>
   <si>
     <t>09/05/2022</t>
   </si>
   <si>
     <t>SUBHASH BOSE</t>
   </si>
   <si>
     <t>Work Order for providing Functional Household Tap Connection(FHTC) from existing distribution system at uncovered areas of Durgapur Abhoynagar-1 &amp; 2 Gram Panchyet under bally Jagachha Block under Howrah Division, PHE Dte.(Part-2)</t>
   </si>
   <si>
     <t>AE HQ,Assistant Engineer/IU III</t>
   </si>
   <si>
     <t>je1_iu</t>
   </si>
   <si>
     <t>ORD/000822/2022-2023</t>
   </si>
   <si>
     <t>1051/HD</t>
@@ -1728,53 +1731,50 @@
     <t>Construction of Chlorination Room (5.5m x 4.5m) at Narna Zone-V OHR Site under Bally Jagacha(Phase-2) Surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000349/2024-2025</t>
   </si>
   <si>
     <t>4833/HD</t>
   </si>
   <si>
     <t>20/11/2024</t>
   </si>
   <si>
     <t>04/01/2025</t>
   </si>
   <si>
     <t>Construction of Guard Room with WC (4.35m X 3.60m) at Narna Zone-V OHR Site under Bally Jagacha(Ph-II) Surface Based water supply project under Howrah Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000350/2024-2025</t>
   </si>
   <si>
     <t>4834/HD</t>
   </si>
   <si>
     <t>Laying Distribution Pipeline For Uncovered area at Zone-VII (Salap-2 GP) of Bally-Jagaccha Surface based Water Supply Scheme (Phase-II) under Howrah Division PHE Dte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>je_blk_ballyjag_how,JE Sadar</t>
   </si>
   <si>
     <t>ORD/000603/2023-2024</t>
   </si>
   <si>
     <t>1133/HD</t>
   </si>
   <si>
     <t>06/03/2024</t>
   </si>
   <si>
     <t>05/05/2024</t>
   </si>
   <si>
     <t>Hiring of 1 (One) no. Diesel cab having contact permit from regional transport authority for office use of the Executive Engineer, Howrah Division, Government of West Bengal (for two months from 01/02/2024 to 31/03/2024)</t>
   </si>
   <si>
     <t>je2_how</t>
   </si>
   <si>
     <t>ORD/000655/2023-2024</t>
   </si>
   <si>
     <t>420/HD</t>
   </si>
@@ -2951,54 +2951,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.78</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.69</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -3010,54 +3010,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>4.74</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.55</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -3069,54 +3069,54 @@
         <v>36</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>4.74</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>95.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -3128,54 +3128,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>4.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>97.68</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -3187,54 +3187,54 @@
         <v>44</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>4.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.67</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -3246,54 +3246,54 @@
         <v>48</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>4.74</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>95.72</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -3305,54 +3305,54 @@
         <v>52</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>4.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.81</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -3364,54 +3364,54 @@
         <v>56</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>176.21</v>
       </c>
       <c r="Q10" s="4">
-        <v>266.72</v>
+        <v>107.28</v>
       </c>
       <c r="R10" s="4">
-        <v>151.36</v>
+        <v>60.88</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -5357,54 +5357,54 @@
         <v>169</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13"/>
       <c r="K45" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P45" s="4">
         <v>4.5</v>
       </c>
       <c r="Q45" s="4">
-        <v>6.34</v>
+        <v>2.64</v>
       </c>
       <c r="R45" s="4">
-        <v>140.77</v>
+        <v>58.68</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -5414,54 +5414,54 @@
       </c>
       <c r="H46" s="13" t="s">
         <v>174</v>
       </c>
       <c r="I46" s="13"/>
       <c r="J46" s="13"/>
       <c r="K46" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P46" s="4">
         <v>1.16</v>
       </c>
       <c r="Q46" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>71.06</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -5471,54 +5471,54 @@
       </c>
       <c r="H47" s="13" t="s">
         <v>177</v>
       </c>
       <c r="I47" s="13"/>
       <c r="J47" s="13"/>
       <c r="K47" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P47" s="4">
         <v>4.26</v>
       </c>
       <c r="Q47" s="4">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>56.47</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -5528,54 +5528,54 @@
       </c>
       <c r="H48" s="13" t="s">
         <v>182</v>
       </c>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P48" s="4">
         <v>4.21</v>
       </c>
       <c r="Q48" s="4">
-        <v>3.05</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>72.51</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -5585,54 +5585,54 @@
       </c>
       <c r="H49" s="13" t="s">
         <v>185</v>
       </c>
       <c r="I49" s="13"/>
       <c r="J49" s="13"/>
       <c r="K49" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P49" s="4">
         <v>4.05</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>81.41</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -5701,54 +5701,54 @@
         <v>193</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13"/>
       <c r="K51" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P51" s="4">
         <v>4.68</v>
       </c>
       <c r="Q51" s="4">
-        <v>4.83</v>
+        <v>2.42</v>
       </c>
       <c r="R51" s="4">
-        <v>103.2</v>
+        <v>51.6</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -5760,54 +5760,54 @@
         <v>196</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13"/>
       <c r="K52" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P52" s="4">
         <v>3.56</v>
       </c>
       <c r="Q52" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>21.39</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -5817,54 +5817,54 @@
       </c>
       <c r="H53" s="13" t="s">
         <v>201</v>
       </c>
       <c r="I53" s="13"/>
       <c r="J53" s="13"/>
       <c r="K53" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P53" s="4">
         <v>3.65</v>
       </c>
       <c r="Q53" s="4">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>66.07</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -5874,54 +5874,54 @@
       </c>
       <c r="H54" s="13" t="s">
         <v>205</v>
       </c>
       <c r="I54" s="13"/>
       <c r="J54" s="13"/>
       <c r="K54" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P54" s="4">
         <v>3.51</v>
       </c>
       <c r="Q54" s="4">
-        <v>2.37</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>67.68</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -5931,54 +5931,54 @@
       </c>
       <c r="H55" s="13" t="s">
         <v>208</v>
       </c>
       <c r="I55" s="13"/>
       <c r="J55" s="13"/>
       <c r="K55" s="4" t="s">
         <v>209</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>210</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>212</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P55" s="4">
         <v>4.33</v>
       </c>
       <c r="Q55" s="4">
-        <v>3.42</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>78.94</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5988,54 +5988,54 @@
       </c>
       <c r="H56" s="13" t="s">
         <v>213</v>
       </c>
       <c r="I56" s="13"/>
       <c r="J56" s="13"/>
       <c r="K56" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P56" s="4">
         <v>4.22</v>
       </c>
       <c r="Q56" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>62.05</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -6047,54 +6047,54 @@
         <v>216</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13"/>
       <c r="K57" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P57" s="4">
         <v>2.48</v>
       </c>
       <c r="Q57" s="4">
-        <v>2.48</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -6106,54 +6106,54 @@
         <v>222</v>
       </c>
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13"/>
       <c r="K58" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P58" s="4">
         <v>1.74</v>
       </c>
       <c r="Q58" s="4">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -6165,54 +6165,54 @@
         <v>225</v>
       </c>
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P59" s="4">
         <v>2.24</v>
       </c>
       <c r="Q59" s="4">
-        <v>2.06</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>91.93</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -6224,54 +6224,54 @@
         <v>229</v>
       </c>
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13"/>
       <c r="K60" s="4" t="s">
         <v>230</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>232</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>233</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P60" s="4">
         <v>167.83</v>
       </c>
       <c r="Q60" s="4">
-        <v>62.04</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>36.97</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -6283,54 +6283,54 @@
         <v>234</v>
       </c>
       <c r="I61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
         <v>235</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>236</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>237</v>
       </c>
       <c r="P61" s="4">
         <v>2.24</v>
       </c>
       <c r="Q61" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>62.62</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -6401,54 +6401,54 @@
         <v>242</v>
       </c>
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13"/>
       <c r="K63" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P63" s="4">
         <v>0.42</v>
       </c>
       <c r="Q63" s="4">
-        <v>0.42</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -6460,54 +6460,54 @@
         <v>245</v>
       </c>
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13"/>
       <c r="K64" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P64" s="4">
         <v>0.42</v>
       </c>
       <c r="Q64" s="4">
-        <v>0.42</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -6519,54 +6519,54 @@
         <v>248</v>
       </c>
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13"/>
       <c r="K65" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P65" s="4">
         <v>0.42</v>
       </c>
       <c r="Q65" s="4">
-        <v>0.42</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -6578,54 +6578,54 @@
         <v>251</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13"/>
       <c r="K66" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P66" s="4">
         <v>0.47</v>
       </c>
       <c r="Q66" s="4">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -6696,54 +6696,54 @@
         <v>259</v>
       </c>
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13"/>
       <c r="K68" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P68" s="4">
         <v>3.05</v>
       </c>
       <c r="Q68" s="4">
-        <v>3.03</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>99.55</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -6755,54 +6755,54 @@
         <v>264</v>
       </c>
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13"/>
       <c r="K69" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P69" s="4">
         <v>2.94</v>
       </c>
       <c r="Q69" s="4">
-        <v>2.92</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>99.35</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -6814,54 +6814,54 @@
         <v>267</v>
       </c>
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13"/>
       <c r="K70" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P70" s="4">
         <v>3.32</v>
       </c>
       <c r="Q70" s="4">
-        <v>3.22</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>97.04</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6873,54 +6873,54 @@
         <v>270</v>
       </c>
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13"/>
       <c r="K71" s="4" t="s">
         <v>271</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>272</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P71" s="4">
         <v>2.08</v>
       </c>
       <c r="Q71" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>97.36</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>0</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6932,54 +6932,54 @@
         <v>273</v>
       </c>
       <c r="I72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="13"/>
       <c r="K72" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P72" s="4">
         <v>3.18</v>
       </c>
       <c r="Q72" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>82.78</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>0</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -6991,54 +6991,54 @@
         <v>276</v>
       </c>
       <c r="I73" s="13" t="s">
         <v>277</v>
       </c>
       <c r="J73" s="13"/>
       <c r="K73" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>280</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>281</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P73" s="4">
         <v>15.39</v>
       </c>
       <c r="Q73" s="4">
-        <v>5.57</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>36.17</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>0</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -7050,54 +7050,54 @@
         <v>282</v>
       </c>
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13"/>
       <c r="K74" s="4" t="s">
         <v>283</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>284</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>285</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>286</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P74" s="4">
         <v>1.69</v>
       </c>
       <c r="Q74" s="4">
-        <v>1.59</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>94.61</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>0</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -7109,54 +7109,54 @@
         <v>287</v>
       </c>
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13"/>
       <c r="K75" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>290</v>
       </c>
       <c r="P75" s="4">
         <v>2.49</v>
       </c>
       <c r="Q75" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>84.67</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>0</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -7168,54 +7168,54 @@
         <v>291</v>
       </c>
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13"/>
       <c r="K76" s="4" t="s">
         <v>292</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>293</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P76" s="4">
         <v>3.15</v>
       </c>
       <c r="Q76" s="4">
-        <v>3.14</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>0</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -7227,54 +7227,54 @@
         <v>294</v>
       </c>
       <c r="I77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="13"/>
       <c r="K77" s="4" t="s">
         <v>295</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>296</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>297</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>298</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P77" s="4">
         <v>4.5</v>
       </c>
       <c r="Q77" s="4">
-        <v>1.76</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>39.12</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>0</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -8597,54 +8597,54 @@
         <v>382</v>
       </c>
       <c r="I101" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J101" s="13"/>
       <c r="K101" s="4" t="s">
         <v>383</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>384</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>385</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>386</v>
       </c>
       <c r="P101" s="4">
         <v>3.14</v>
       </c>
       <c r="Q101" s="4">
-        <v>3.13</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>0</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -8656,54 +8656,54 @@
         <v>387</v>
       </c>
       <c r="I102" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J102" s="13"/>
       <c r="K102" s="4" t="s">
         <v>388</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>389</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P102" s="4">
         <v>4.13</v>
       </c>
       <c r="Q102" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>21.96</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>0</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -8833,54 +8833,54 @@
         <v>399</v>
       </c>
       <c r="I105" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="13"/>
       <c r="K105" s="4" t="s">
         <v>400</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>401</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>402</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>403</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>404</v>
       </c>
       <c r="P105" s="4">
         <v>34.09</v>
       </c>
       <c r="Q105" s="4">
-        <v>34.09</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>100</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -8892,54 +8892,54 @@
         <v>405</v>
       </c>
       <c r="I106" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J106" s="13"/>
       <c r="K106" s="4" t="s">
         <v>406</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>407</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>408</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>409</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>410</v>
       </c>
       <c r="P106" s="4">
         <v>0.28</v>
       </c>
       <c r="Q106" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>0</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -8951,54 +8951,54 @@
         <v>411</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J107" s="13"/>
       <c r="K107" s="4" t="s">
         <v>412</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>413</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>414</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>415</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>410</v>
       </c>
       <c r="P107" s="4">
         <v>1.26</v>
       </c>
       <c r="Q107" s="4">
-        <v>1.26</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>0</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -9071,54 +9071,54 @@
         <v>423</v>
       </c>
       <c r="I109" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J109" s="13"/>
       <c r="K109" s="4" t="s">
         <v>424</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>425</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>426</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>427</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>428</v>
       </c>
       <c r="P109" s="4">
         <v>4.53</v>
       </c>
       <c r="Q109" s="4">
-        <v>4.33</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>95.5</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>0</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -9191,54 +9191,54 @@
         <v>432</v>
       </c>
       <c r="I111" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J111" s="13"/>
       <c r="K111" s="4" t="s">
         <v>433</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>434</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>297</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>298</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P111" s="4">
         <v>1.77</v>
       </c>
       <c r="Q111" s="4">
-        <v>1.27</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>71.81</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>0</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -9250,54 +9250,54 @@
         <v>435</v>
       </c>
       <c r="I112" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J112" s="13"/>
       <c r="K112" s="4" t="s">
         <v>436</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>437</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>438</v>
       </c>
       <c r="P112" s="4">
         <v>198.75</v>
       </c>
       <c r="Q112" s="4">
-        <v>68.97</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>34.7</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>0</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -9309,54 +9309,54 @@
         <v>439</v>
       </c>
       <c r="I113" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J113" s="13"/>
       <c r="K113" s="4" t="s">
         <v>440</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>441</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P113" s="4">
         <v>239.97</v>
       </c>
       <c r="Q113" s="4">
-        <v>204.66</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>85.28</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>0</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -9368,54 +9368,54 @@
         <v>442</v>
       </c>
       <c r="I114" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J114" s="13"/>
       <c r="K114" s="4" t="s">
         <v>443</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>444</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>237</v>
       </c>
       <c r="P114" s="4">
         <v>232</v>
       </c>
       <c r="Q114" s="4">
-        <v>37.12</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>0</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -9427,54 +9427,54 @@
         <v>445</v>
       </c>
       <c r="I115" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J115" s="13"/>
       <c r="K115" s="4" t="s">
         <v>446</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>447</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>448</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>449</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P115" s="4">
         <v>54.6</v>
       </c>
       <c r="Q115" s="4">
-        <v>51.86</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>0</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -9545,54 +9545,54 @@
         <v>456</v>
       </c>
       <c r="I117" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J117" s="13"/>
       <c r="K117" s="4" t="s">
         <v>457</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>458</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>286</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>454</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>290</v>
       </c>
       <c r="P117" s="4">
         <v>7.94</v>
       </c>
       <c r="Q117" s="4">
-        <v>7.25</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>91.32</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>100</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -9604,54 +9604,54 @@
         <v>459</v>
       </c>
       <c r="I118" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J118" s="13"/>
       <c r="K118" s="4" t="s">
         <v>460</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>461</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>462</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>463</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>464</v>
       </c>
       <c r="P118" s="4">
         <v>32.38</v>
       </c>
       <c r="Q118" s="4">
-        <v>25.21</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>77.87</v>
+        <v>0</v>
       </c>
       <c r="S118" s="4">
         <v>0</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -9663,54 +9663,54 @@
         <v>465</v>
       </c>
       <c r="I119" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J119" s="13"/>
       <c r="K119" s="4" t="s">
         <v>466</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>467</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>468</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>469</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>470</v>
       </c>
       <c r="P119" s="4">
         <v>0.48</v>
       </c>
       <c r="Q119" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>83.05</v>
+        <v>0</v>
       </c>
       <c r="S119" s="4">
         <v>0</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -9722,54 +9722,54 @@
         <v>471</v>
       </c>
       <c r="I120" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J120" s="13"/>
       <c r="K120" s="4" t="s">
         <v>472</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>473</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>474</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>475</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P120" s="4">
         <v>2.71</v>
       </c>
       <c r="Q120" s="4">
-        <v>1.24</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>45.92</v>
+        <v>0</v>
       </c>
       <c r="S120" s="4">
         <v>100</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -9781,54 +9781,54 @@
         <v>476</v>
       </c>
       <c r="I121" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J121" s="13"/>
       <c r="K121" s="4" t="s">
         <v>477</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>478</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>420</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>421</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P121" s="4">
         <v>2.2</v>
       </c>
       <c r="Q121" s="4">
-        <v>1.27</v>
+        <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>57.73</v>
+        <v>0</v>
       </c>
       <c r="S121" s="4">
         <v>100</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -9840,54 +9840,54 @@
         <v>479</v>
       </c>
       <c r="I122" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J122" s="13"/>
       <c r="K122" s="4" t="s">
         <v>480</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>474</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>481</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>482</v>
       </c>
       <c r="P122" s="4">
         <v>6.16</v>
       </c>
       <c r="Q122" s="4">
-        <v>5.82</v>
+        <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>94.54</v>
+        <v>0</v>
       </c>
       <c r="S122" s="4">
         <v>100</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -9899,54 +9899,54 @@
         <v>483</v>
       </c>
       <c r="I123" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J123" s="13"/>
       <c r="K123" s="4" t="s">
         <v>484</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>485</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>420</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>421</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>486</v>
       </c>
       <c r="P123" s="4">
         <v>1.78</v>
       </c>
       <c r="Q123" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>41.59</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>100</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -9958,54 +9958,54 @@
         <v>487</v>
       </c>
       <c r="I124" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J124" s="13"/>
       <c r="K124" s="4" t="s">
         <v>489</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>490</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>491</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>492</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>493</v>
       </c>
       <c r="P124" s="4">
         <v>0.8</v>
       </c>
       <c r="Q124" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>67.7</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>30</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -10017,54 +10017,54 @@
         <v>311</v>
       </c>
       <c r="I125" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J125" s="13"/>
       <c r="K125" s="4" t="s">
         <v>494</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>495</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>315</v>
       </c>
       <c r="P125" s="4">
         <v>176.91</v>
       </c>
       <c r="Q125" s="4">
-        <v>12.56</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>7.1</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>0</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -10076,54 +10076,54 @@
         <v>496</v>
       </c>
       <c r="I126" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J126" s="13"/>
       <c r="K126" s="4" t="s">
         <v>497</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>498</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>468</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>469</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P126" s="4">
         <v>2.39</v>
       </c>
       <c r="Q126" s="4">
-        <v>2.01</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>83.9</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>0</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -10509,673 +10509,673 @@
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H134" s="13" t="s">
         <v>522</v>
       </c>
       <c r="I134" s="13"/>
       <c r="J134" s="13" t="s">
-        <v>451</v>
+        <v>523</v>
       </c>
       <c r="K134" s="4" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>461</v>
       </c>
       <c r="M134" s="4" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="N134" s="4" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="O134" s="4" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P134" s="4">
         <v>267</v>
       </c>
       <c r="Q134" s="4">
-        <v>27.55</v>
+        <v>0</v>
       </c>
       <c r="R134" s="4">
-        <v>10.32</v>
+        <v>0</v>
       </c>
       <c r="S134" s="4">
         <v>50</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H135" s="13" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I135" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J135" s="13" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="L135" s="4" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="M135" s="4" t="s">
         <v>421</v>
       </c>
       <c r="N135" s="4" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="O135" s="4" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P135" s="4">
         <v>6.71</v>
       </c>
       <c r="Q135" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R135" s="4">
-        <v>67.61</v>
+        <v>0</v>
       </c>
       <c r="S135" s="4">
         <v>70</v>
       </c>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
     <row r="136" spans="1:23">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C136" s="3"/>
       <c r="D136" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H136" s="13" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="I136" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J136" s="13" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="K136" s="4" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="L136" s="4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M136" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="N136" s="4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="O136" s="4" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P136" s="4">
         <v>10.25</v>
       </c>
       <c r="Q136" s="4">
         <v>0</v>
       </c>
       <c r="R136" s="4">
         <v>0</v>
       </c>
       <c r="S136" s="4">
         <v>0</v>
       </c>
       <c r="T136" s="1"/>
       <c r="U136" s="1"/>
       <c r="V136" s="1"/>
       <c r="W136" s="1"/>
     </row>
     <row r="137" spans="1:23">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H137" s="13" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I137" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J137" s="13"/>
       <c r="K137" s="4" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="L137" s="4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="M137" s="4" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="N137" s="4" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="O137" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P137" s="4">
         <v>0.79</v>
       </c>
       <c r="Q137" s="4">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R137" s="4">
-        <v>65.12</v>
+        <v>0</v>
       </c>
       <c r="S137" s="4">
         <v>100</v>
       </c>
       <c r="T137" s="1"/>
       <c r="U137" s="1"/>
       <c r="V137" s="1"/>
       <c r="W137" s="1"/>
     </row>
     <row r="138" spans="1:23">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C138" s="3"/>
       <c r="D138" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H138" s="13" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I138" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J138" s="13"/>
       <c r="K138" s="4" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="L138" s="4" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M138" s="4" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="N138" s="4" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="O138" s="4" t="s">
         <v>493</v>
       </c>
       <c r="P138" s="4">
         <v>0.98</v>
       </c>
       <c r="Q138" s="4">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="R138" s="4">
-        <v>82.46</v>
+        <v>0</v>
       </c>
       <c r="S138" s="4">
         <v>50</v>
       </c>
       <c r="T138" s="1"/>
       <c r="U138" s="1"/>
       <c r="V138" s="1"/>
       <c r="W138" s="1"/>
     </row>
     <row r="139" spans="1:23">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C139" s="3"/>
       <c r="D139" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H139" s="13" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="I139" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J139" s="13"/>
       <c r="K139" s="4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="L139" s="4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M139" s="4" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="N139" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="O139" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P139" s="4">
         <v>0.79</v>
       </c>
       <c r="Q139" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R139" s="4">
-        <v>78.98</v>
+        <v>0</v>
       </c>
       <c r="S139" s="4">
         <v>100</v>
       </c>
       <c r="T139" s="1"/>
       <c r="U139" s="1"/>
       <c r="V139" s="1"/>
       <c r="W139" s="1"/>
     </row>
     <row r="140" spans="1:23">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C140" s="3"/>
       <c r="D140" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H140" s="13" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J140" s="13"/>
       <c r="K140" s="4" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="L140" s="4" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M140" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N140" s="4" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="O140" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P140" s="4">
         <v>4.76</v>
       </c>
       <c r="Q140" s="4">
         <v>0</v>
       </c>
       <c r="R140" s="4">
         <v>0</v>
       </c>
       <c r="S140" s="4">
         <v>0</v>
       </c>
       <c r="T140" s="1"/>
       <c r="U140" s="1"/>
       <c r="V140" s="1"/>
       <c r="W140" s="1"/>
     </row>
     <row r="141" spans="1:23">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H141" s="13" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="I141" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J141" s="13"/>
       <c r="K141" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="L141" s="4" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M141" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N141" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="O141" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P141" s="4">
         <v>4.85</v>
       </c>
       <c r="Q141" s="4">
         <v>0</v>
       </c>
       <c r="R141" s="4">
         <v>0</v>
       </c>
       <c r="S141" s="4">
         <v>0</v>
       </c>
       <c r="T141" s="1"/>
       <c r="U141" s="1"/>
       <c r="V141" s="1"/>
       <c r="W141" s="1"/>
     </row>
     <row r="142" spans="1:23">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H142" s="13" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="I142" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J142" s="13"/>
       <c r="K142" s="4" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L142" s="4" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M142" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N142" s="4" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="O142" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P142" s="4">
         <v>4.85</v>
       </c>
       <c r="Q142" s="4">
         <v>0</v>
       </c>
       <c r="R142" s="4">
         <v>0</v>
       </c>
       <c r="S142" s="4">
         <v>0</v>
       </c>
       <c r="T142" s="1"/>
       <c r="U142" s="1"/>
       <c r="V142" s="1"/>
       <c r="W142" s="1"/>
     </row>
     <row r="143" spans="1:23">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C143" s="3"/>
       <c r="D143" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H143" s="13" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="I143" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J143" s="13" t="s">
-        <v>572</v>
+        <v>523</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>573</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>574</v>
       </c>
       <c r="M143" s="4" t="s">
         <v>575</v>
       </c>
       <c r="N143" s="4" t="s">
         <v>576</v>
       </c>
       <c r="O143" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P143" s="4">
         <v>38.43</v>
       </c>
       <c r="Q143" s="4">
-        <v>29.21</v>
+        <v>0</v>
       </c>
       <c r="R143" s="4">
-        <v>76.03</v>
+        <v>0</v>
       </c>
       <c r="S143" s="4">
         <v>90</v>
       </c>
       <c r="T143" s="1"/>
       <c r="U143" s="1"/>
       <c r="V143" s="1"/>
       <c r="W143" s="1"/>
     </row>
     <row r="144" spans="1:23">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C144" s="3"/>
       <c r="D144" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H144" s="13" t="s">
         <v>577</v>
       </c>
       <c r="I144" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J144" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>579</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>580</v>
       </c>
       <c r="M144" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="N144" s="4" t="s">
         <v>581</v>
       </c>
       <c r="O144" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P144" s="4">
         <v>0.79</v>
       </c>
       <c r="Q144" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R144" s="4">
-        <v>91.35</v>
+        <v>0</v>
       </c>
       <c r="S144" s="4">
         <v>0</v>
       </c>
       <c r="T144" s="1"/>
       <c r="U144" s="1"/>
       <c r="V144" s="1"/>
       <c r="W144" s="1"/>
     </row>
     <row r="145" spans="1:23">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C145" s="3"/>
       <c r="D145" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>23</v>
@@ -11189,176 +11189,176 @@
       <c r="I145" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J145" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>584</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>585</v>
       </c>
       <c r="M145" s="4" t="s">
         <v>586</v>
       </c>
       <c r="N145" s="4" t="s">
         <v>587</v>
       </c>
       <c r="O145" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P145" s="4">
         <v>0.79</v>
       </c>
       <c r="Q145" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R145" s="4">
-        <v>96.29</v>
+        <v>0</v>
       </c>
       <c r="S145" s="4">
         <v>0</v>
       </c>
       <c r="T145" s="1"/>
       <c r="U145" s="1"/>
       <c r="V145" s="1"/>
       <c r="W145" s="1"/>
     </row>
     <row r="146" spans="1:23">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C146" s="3"/>
       <c r="D146" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H146" s="13" t="s">
         <v>588</v>
       </c>
       <c r="I146" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J146" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>589</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>590</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>591</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>592</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P146" s="4">
         <v>0.99</v>
       </c>
       <c r="Q146" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R146" s="4">
-        <v>96.49</v>
+        <v>0</v>
       </c>
       <c r="S146" s="4">
         <v>0</v>
       </c>
       <c r="T146" s="1"/>
       <c r="U146" s="1"/>
       <c r="V146" s="1"/>
       <c r="W146" s="1"/>
     </row>
     <row r="147" spans="1:23">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H147" s="13" t="s">
         <v>594</v>
       </c>
       <c r="I147" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>595</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>596</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>597</v>
       </c>
       <c r="N147" s="4" t="s">
         <v>598</v>
       </c>
       <c r="O147" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P147" s="4">
         <v>1</v>
       </c>
       <c r="Q147" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R147" s="4">
-        <v>96.78</v>
+        <v>0</v>
       </c>
       <c r="S147" s="4">
         <v>0</v>
       </c>
       <c r="T147" s="1"/>
       <c r="U147" s="1"/>
       <c r="V147" s="1"/>
       <c r="W147" s="1"/>
     </row>
     <row r="148" spans="1:23">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C148" s="3"/>
       <c r="D148" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>23</v>
@@ -11372,172 +11372,172 @@
       <c r="I148" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J148" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>600</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>601</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>602</v>
       </c>
       <c r="N148" s="4" t="s">
         <v>603</v>
       </c>
       <c r="O148" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P148" s="4">
         <v>0.79</v>
       </c>
       <c r="Q148" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R148" s="4">
-        <v>97.86</v>
+        <v>0</v>
       </c>
       <c r="S148" s="4">
         <v>0</v>
       </c>
       <c r="T148" s="1"/>
       <c r="U148" s="1"/>
       <c r="V148" s="1"/>
       <c r="W148" s="1"/>
     </row>
     <row r="149" spans="1:23">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C149" s="3"/>
       <c r="D149" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H149" s="13" t="s">
         <v>604</v>
       </c>
       <c r="I149" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J149" s="13"/>
       <c r="K149" s="4" t="s">
         <v>605</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>606</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>602</v>
       </c>
       <c r="N149" s="4" t="s">
         <v>607</v>
       </c>
       <c r="O149" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P149" s="4">
         <v>1</v>
       </c>
       <c r="Q149" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R149" s="4">
-        <v>82.5</v>
+        <v>0</v>
       </c>
       <c r="S149" s="4">
         <v>0</v>
       </c>
       <c r="T149" s="1"/>
       <c r="U149" s="1"/>
       <c r="V149" s="1"/>
       <c r="W149" s="1"/>
     </row>
     <row r="150" spans="1:23">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C150" s="3"/>
       <c r="D150" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H150" s="13" t="s">
         <v>608</v>
       </c>
       <c r="I150" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J150" s="13"/>
       <c r="K150" s="4" t="s">
         <v>609</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>610</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>611</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>612</v>
       </c>
       <c r="O150" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P150" s="4">
         <v>1</v>
       </c>
       <c r="Q150" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R150" s="4">
-        <v>91.76</v>
+        <v>0</v>
       </c>
       <c r="S150" s="4">
         <v>0</v>
       </c>
       <c r="T150" s="1"/>
       <c r="U150" s="1"/>
       <c r="V150" s="1"/>
       <c r="W150" s="1"/>
     </row>
     <row r="151" spans="1:23">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C151" s="3"/>
       <c r="D151" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E151" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>23</v>
@@ -11551,104 +11551,104 @@
       <c r="I151" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J151" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>614</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>615</v>
       </c>
       <c r="M151" s="4" t="s">
         <v>616</v>
       </c>
       <c r="N151" s="4" t="s">
         <v>602</v>
       </c>
       <c r="O151" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P151" s="4">
         <v>0.79</v>
       </c>
       <c r="Q151" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R151" s="4">
-        <v>98.67</v>
+        <v>0</v>
       </c>
       <c r="S151" s="4">
         <v>0</v>
       </c>
       <c r="T151" s="1"/>
       <c r="U151" s="1"/>
       <c r="V151" s="1"/>
       <c r="W151" s="1"/>
     </row>
     <row r="152" spans="1:23">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C152" s="3"/>
       <c r="D152" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H152" s="13" t="s">
         <v>617</v>
       </c>
       <c r="I152" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J152" s="13"/>
       <c r="K152" s="4" t="s">
         <v>618</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>619</v>
       </c>
       <c r="M152" s="4" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="O152" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P152" s="4">
         <v>4.48</v>
       </c>
       <c r="Q152" s="4">
         <v>0</v>
       </c>
       <c r="R152" s="4">
         <v>0</v>
       </c>
       <c r="S152" s="4">
         <v>0</v>
       </c>
       <c r="T152" s="1"/>
       <c r="U152" s="1"/>
       <c r="V152" s="1"/>
       <c r="W152" s="1"/>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>20</v>
       </c>
@@ -11669,54 +11669,54 @@
         <v>620</v>
       </c>
       <c r="I153" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J153" s="13"/>
       <c r="K153" s="4" t="s">
         <v>621</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>622</v>
       </c>
       <c r="M153" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N153" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O153" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P153" s="4">
         <v>220.68</v>
       </c>
       <c r="Q153" s="4">
-        <v>158.01</v>
+        <v>47.15</v>
       </c>
       <c r="R153" s="4">
-        <v>71.6</v>
+        <v>21.37</v>
       </c>
       <c r="S153" s="4">
         <v>100</v>
       </c>
       <c r="T153" s="1"/>
       <c r="U153" s="1"/>
       <c r="V153" s="1"/>
       <c r="W153" s="1"/>
     </row>
     <row r="154" spans="1:23">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="3"/>
       <c r="D154" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>23</v>
@@ -11789,54 +11789,54 @@
       <c r="I155" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J155" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>627</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>628</v>
       </c>
       <c r="M155" s="4" t="s">
         <v>462</v>
       </c>
       <c r="N155" s="4" t="s">
         <v>463</v>
       </c>
       <c r="O155" s="4" t="s">
         <v>464</v>
       </c>
       <c r="P155" s="4">
         <v>32.38</v>
       </c>
       <c r="Q155" s="4">
-        <v>24.54</v>
+        <v>0</v>
       </c>
       <c r="R155" s="4">
-        <v>75.8</v>
+        <v>0</v>
       </c>
       <c r="S155" s="4">
         <v>30</v>
       </c>
       <c r="T155" s="1"/>
       <c r="U155" s="1"/>
       <c r="V155" s="1"/>
       <c r="W155" s="1"/>
     </row>
     <row r="156" spans="1:23">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C156" s="3"/>
       <c r="D156" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>23</v>
@@ -11850,115 +11850,115 @@
       <c r="I156" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J156" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>630</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>631</v>
       </c>
       <c r="M156" s="4" t="s">
         <v>420</v>
       </c>
       <c r="N156" s="4" t="s">
         <v>632</v>
       </c>
       <c r="O156" s="4" t="s">
         <v>633</v>
       </c>
       <c r="P156" s="4">
         <v>6.12</v>
       </c>
       <c r="Q156" s="4">
-        <v>5.82</v>
+        <v>0</v>
       </c>
       <c r="R156" s="4">
-        <v>95.2</v>
+        <v>0</v>
       </c>
       <c r="S156" s="4">
         <v>100</v>
       </c>
       <c r="T156" s="1"/>
       <c r="U156" s="1"/>
       <c r="V156" s="1"/>
       <c r="W156" s="1"/>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C157" s="3"/>
       <c r="D157" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E157" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H157" s="13" t="s">
         <v>634</v>
       </c>
       <c r="I157" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J157" s="13" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>635</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>636</v>
       </c>
       <c r="M157" s="4" t="s">
         <v>421</v>
       </c>
       <c r="N157" s="4" t="s">
         <v>637</v>
       </c>
       <c r="O157" s="4" t="s">
         <v>638</v>
       </c>
       <c r="P157" s="4">
         <v>6.79</v>
       </c>
       <c r="Q157" s="4">
-        <v>6.75</v>
+        <v>0</v>
       </c>
       <c r="R157" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S157" s="4">
         <v>100</v>
       </c>
       <c r="T157" s="1"/>
       <c r="U157" s="1"/>
       <c r="V157" s="1"/>
       <c r="W157" s="1"/>
     </row>
     <row r="158" spans="1:23">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C158" s="3"/>
       <c r="D158" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E158" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>23</v>
@@ -11970,54 +11970,54 @@
         <v>639</v>
       </c>
       <c r="I158" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J158" s="13"/>
       <c r="K158" s="4" t="s">
         <v>640</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>641</v>
       </c>
       <c r="M158" s="4" t="s">
         <v>642</v>
       </c>
       <c r="N158" s="4" t="s">
         <v>643</v>
       </c>
       <c r="O158" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P158" s="4">
         <v>0.88</v>
       </c>
       <c r="Q158" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R158" s="4">
-        <v>96.34</v>
+        <v>0</v>
       </c>
       <c r="S158" s="4">
         <v>100</v>
       </c>
       <c r="T158" s="1"/>
       <c r="U158" s="1"/>
       <c r="V158" s="1"/>
       <c r="W158" s="1"/>
     </row>
     <row r="159" spans="1:23">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C159" s="3"/>
       <c r="D159" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>23</v>
@@ -12029,113 +12029,113 @@
         <v>644</v>
       </c>
       <c r="I159" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J159" s="13"/>
       <c r="K159" s="4" t="s">
         <v>645</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>646</v>
       </c>
       <c r="M159" s="4" t="s">
         <v>642</v>
       </c>
       <c r="N159" s="4" t="s">
         <v>647</v>
       </c>
       <c r="O159" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P159" s="4">
         <v>0.82</v>
       </c>
       <c r="Q159" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R159" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S159" s="4">
         <v>100</v>
       </c>
       <c r="T159" s="1"/>
       <c r="U159" s="1"/>
       <c r="V159" s="1"/>
       <c r="W159" s="1"/>
     </row>
     <row r="160" spans="1:23">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C160" s="3"/>
       <c r="D160" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G160" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H160" s="13" t="s">
         <v>648</v>
       </c>
       <c r="I160" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J160" s="13"/>
       <c r="K160" s="4" t="s">
         <v>649</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>650</v>
       </c>
       <c r="M160" s="4" t="s">
         <v>651</v>
       </c>
       <c r="N160" s="4" t="s">
         <v>652</v>
       </c>
       <c r="O160" s="4" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P160" s="4">
         <v>95.69</v>
       </c>
       <c r="Q160" s="4">
-        <v>95.69</v>
+        <v>0</v>
       </c>
       <c r="R160" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S160" s="4">
         <v>100</v>
       </c>
       <c r="T160" s="1"/>
       <c r="U160" s="1"/>
       <c r="V160" s="1"/>
       <c r="W160" s="1"/>
     </row>
     <row r="161" spans="1:23">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C161" s="3"/>
       <c r="D161" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>23</v>
@@ -12147,54 +12147,54 @@
         <v>653</v>
       </c>
       <c r="I161" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J161" s="13"/>
       <c r="K161" s="4" t="s">
         <v>654</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>655</v>
       </c>
       <c r="M161" s="4" t="s">
         <v>656</v>
       </c>
       <c r="N161" s="4" t="s">
         <v>657</v>
       </c>
       <c r="O161" s="4" t="s">
         <v>428</v>
       </c>
       <c r="P161" s="4">
         <v>0.88</v>
       </c>
       <c r="Q161" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R161" s="4">
-        <v>98.27</v>
+        <v>0</v>
       </c>
       <c r="S161" s="4">
         <v>100</v>
       </c>
       <c r="T161" s="1"/>
       <c r="U161" s="1"/>
       <c r="V161" s="1"/>
       <c r="W161" s="1"/>
     </row>
     <row r="162" spans="1:23">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C162" s="3"/>
       <c r="D162" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E162" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>23</v>
@@ -12206,115 +12206,115 @@
         <v>658</v>
       </c>
       <c r="I162" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J162" s="13"/>
       <c r="K162" s="4" t="s">
         <v>659</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>660</v>
       </c>
       <c r="M162" s="4" t="s">
         <v>661</v>
       </c>
       <c r="N162" s="4" t="s">
         <v>662</v>
       </c>
       <c r="O162" s="4" t="s">
         <v>493</v>
       </c>
       <c r="P162" s="4">
         <v>0.8</v>
       </c>
       <c r="Q162" s="4">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="R162" s="4">
-        <v>65.23</v>
+        <v>0</v>
       </c>
       <c r="S162" s="4">
         <v>50</v>
       </c>
       <c r="T162" s="1"/>
       <c r="U162" s="1"/>
       <c r="V162" s="1"/>
       <c r="W162" s="1"/>
     </row>
     <row r="163" spans="1:23">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E163" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H163" s="13" t="s">
         <v>663</v>
       </c>
       <c r="I163" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J163" s="13" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>664</v>
       </c>
       <c r="L163" s="4" t="s">
         <v>665</v>
       </c>
       <c r="M163" s="4" t="s">
         <v>666</v>
       </c>
       <c r="N163" s="4" t="s">
         <v>667</v>
       </c>
       <c r="O163" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P163" s="4">
         <v>12.51</v>
       </c>
       <c r="Q163" s="4">
-        <v>10.34</v>
+        <v>0</v>
       </c>
       <c r="R163" s="4">
-        <v>82.69</v>
+        <v>0</v>
       </c>
       <c r="S163" s="4">
         <v>100</v>
       </c>
       <c r="T163" s="1"/>
       <c r="U163" s="1"/>
       <c r="V163" s="1"/>
       <c r="W163" s="1"/>
     </row>
     <row r="164" spans="1:23">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C164" s="3"/>
       <c r="D164" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E164" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>23</v>
@@ -12328,54 +12328,54 @@
       <c r="I164" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J164" s="13" t="s">
         <v>669</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>670</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>671</v>
       </c>
       <c r="M164" s="4" t="s">
         <v>672</v>
       </c>
       <c r="N164" s="4" t="s">
         <v>673</v>
       </c>
       <c r="O164" s="4" t="s">
         <v>674</v>
       </c>
       <c r="P164" s="4">
         <v>2.04</v>
       </c>
       <c r="Q164" s="4">
-        <v>2.04</v>
+        <v>0</v>
       </c>
       <c r="R164" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S164" s="4">
         <v>100</v>
       </c>
       <c r="T164" s="1"/>
       <c r="U164" s="1"/>
       <c r="V164" s="1"/>
       <c r="W164" s="1"/>
     </row>
     <row r="165" spans="1:23">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C165" s="3"/>
       <c r="D165" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E165" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>23</v>
@@ -12450,54 +12450,54 @@
       <c r="I166" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J166" s="13" t="s">
         <v>669</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>682</v>
       </c>
       <c r="L166" s="4" t="s">
         <v>683</v>
       </c>
       <c r="M166" s="4" t="s">
         <v>684</v>
       </c>
       <c r="N166" s="4" t="s">
         <v>685</v>
       </c>
       <c r="O166" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P166" s="4">
         <v>31.53</v>
       </c>
       <c r="Q166" s="4">
-        <v>27.63</v>
+        <v>0</v>
       </c>
       <c r="R166" s="4">
-        <v>87.62</v>
+        <v>0</v>
       </c>
       <c r="S166" s="4">
         <v>100</v>
       </c>
       <c r="T166" s="1"/>
       <c r="U166" s="1"/>
       <c r="V166" s="1"/>
       <c r="W166" s="1"/>
     </row>
     <row r="167" spans="1:23">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C167" s="3"/>
       <c r="D167" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F167" s="3" t="s">
         <v>23</v>
@@ -12790,51 +12790,51 @@
       <c r="G172" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H172" s="13" t="s">
         <v>697</v>
       </c>
       <c r="I172" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J172" s="13" t="s">
         <v>451</v>
       </c>
       <c r="K172" s="4" t="s">
         <v>698</v>
       </c>
       <c r="L172" s="4" t="s">
         <v>699</v>
       </c>
       <c r="M172" s="4" t="s">
         <v>656</v>
       </c>
       <c r="N172" s="4" t="s">
         <v>657</v>
       </c>
       <c r="O172" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P172" s="4">
         <v>0.79</v>
       </c>
       <c r="Q172" s="4">
         <v>0</v>
       </c>
       <c r="R172" s="4">
         <v>0</v>
       </c>
       <c r="S172" s="4">
         <v>100</v>
       </c>
       <c r="T172" s="1"/>
       <c r="U172" s="1"/>
       <c r="V172" s="1"/>
       <c r="W172" s="1"/>
     </row>
     <row r="173" spans="1:23">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>20</v>
       </c>
@@ -12843,66 +12843,66 @@
         <v>21</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H173" s="13" t="s">
         <v>700</v>
       </c>
       <c r="I173" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J173" s="13"/>
       <c r="K173" s="4" t="s">
         <v>701</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>702</v>
       </c>
       <c r="M173" s="4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="N173" s="4" t="s">
         <v>611</v>
       </c>
       <c r="O173" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P173" s="4">
         <v>1</v>
       </c>
       <c r="Q173" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R173" s="4">
-        <v>86.6</v>
+        <v>0</v>
       </c>
       <c r="S173" s="4">
         <v>20</v>
       </c>
       <c r="T173" s="1"/>
       <c r="U173" s="1"/>
       <c r="V173" s="1"/>
       <c r="W173" s="1"/>
     </row>
     <row r="174" spans="1:23">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C174" s="3"/>
       <c r="D174" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>23</v>
@@ -12916,54 +12916,54 @@
       <c r="I174" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J174" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>704</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>705</v>
       </c>
       <c r="M174" s="4" t="s">
         <v>706</v>
       </c>
       <c r="N174" s="4" t="s">
         <v>707</v>
       </c>
       <c r="O174" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P174" s="4">
         <v>1</v>
       </c>
       <c r="Q174" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R174" s="4">
-        <v>91.92</v>
+        <v>0</v>
       </c>
       <c r="S174" s="4">
         <v>0</v>
       </c>
       <c r="T174" s="1"/>
       <c r="U174" s="1"/>
       <c r="V174" s="1"/>
       <c r="W174" s="1"/>
     </row>
     <row r="175" spans="1:23">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C175" s="3"/>
       <c r="D175" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>23</v>
@@ -12977,54 +12977,54 @@
       <c r="I175" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J175" s="13" t="s">
         <v>669</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>709</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>710</v>
       </c>
       <c r="M175" s="4" t="s">
         <v>711</v>
       </c>
       <c r="N175" s="4" t="s">
         <v>712</v>
       </c>
       <c r="O175" s="4" t="s">
         <v>713</v>
       </c>
       <c r="P175" s="4">
         <v>8.36</v>
       </c>
       <c r="Q175" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R175" s="4">
-        <v>9.84</v>
+        <v>0</v>
       </c>
       <c r="S175" s="4">
         <v>79</v>
       </c>
       <c r="T175" s="1"/>
       <c r="U175" s="1"/>
       <c r="V175" s="1"/>
       <c r="W175" s="1"/>
     </row>
     <row r="176" spans="1:23">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C176" s="3"/>
       <c r="D176" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>23</v>
@@ -13038,54 +13038,54 @@
       <c r="I176" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J176" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>715</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>716</v>
       </c>
       <c r="M176" s="4" t="s">
         <v>717</v>
       </c>
       <c r="N176" s="4" t="s">
         <v>718</v>
       </c>
       <c r="O176" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P176" s="4">
         <v>0.79</v>
       </c>
       <c r="Q176" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R176" s="4">
-        <v>98.85</v>
+        <v>0</v>
       </c>
       <c r="S176" s="4">
         <v>0</v>
       </c>
       <c r="T176" s="1"/>
       <c r="U176" s="1"/>
       <c r="V176" s="1"/>
       <c r="W176" s="1"/>
     </row>
     <row r="177" spans="1:23">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C177" s="3"/>
       <c r="D177" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>23</v>
@@ -13099,54 +13099,54 @@
       <c r="I177" s="13" t="s">
         <v>488</v>
       </c>
       <c r="J177" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>720</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>721</v>
       </c>
       <c r="M177" s="4" t="s">
         <v>722</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>723</v>
       </c>
       <c r="O177" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P177" s="4">
         <v>1</v>
       </c>
       <c r="Q177" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R177" s="4">
-        <v>94.09</v>
+        <v>0</v>
       </c>
       <c r="S177" s="4">
         <v>0</v>
       </c>
       <c r="T177" s="1"/>
       <c r="U177" s="1"/>
       <c r="V177" s="1"/>
       <c r="W177" s="1"/>
     </row>
     <row r="178" spans="1:23">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C178" s="3"/>
       <c r="D178" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>23</v>
@@ -13160,54 +13160,54 @@
       <c r="I178" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J178" s="13" t="s">
         <v>669</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>725</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>726</v>
       </c>
       <c r="M178" s="4" t="s">
         <v>727</v>
       </c>
       <c r="N178" s="4" t="s">
         <v>728</v>
       </c>
       <c r="O178" s="4" t="s">
         <v>729</v>
       </c>
       <c r="P178" s="4">
         <v>28.36</v>
       </c>
       <c r="Q178" s="4">
-        <v>20.7</v>
+        <v>0</v>
       </c>
       <c r="R178" s="4">
-        <v>72.97</v>
+        <v>0</v>
       </c>
       <c r="S178" s="4">
         <v>100</v>
       </c>
       <c r="T178" s="1"/>
       <c r="U178" s="1"/>
       <c r="V178" s="1"/>
       <c r="W178" s="1"/>
     </row>
     <row r="179" spans="1:23">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C179" s="3"/>
       <c r="D179" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>23</v>
@@ -13221,292 +13221,292 @@
       <c r="I179" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J179" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>731</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>732</v>
       </c>
       <c r="M179" s="4" t="s">
         <v>733</v>
       </c>
       <c r="N179" s="4" t="s">
         <v>734</v>
       </c>
       <c r="O179" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P179" s="4">
         <v>0.79</v>
       </c>
       <c r="Q179" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R179" s="4">
-        <v>79.09</v>
+        <v>0</v>
       </c>
       <c r="S179" s="4">
         <v>0</v>
       </c>
       <c r="T179" s="1"/>
       <c r="U179" s="1"/>
       <c r="V179" s="1"/>
       <c r="W179" s="1"/>
     </row>
     <row r="180" spans="1:23">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C180" s="3"/>
       <c r="D180" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H180" s="13" t="s">
         <v>735</v>
       </c>
       <c r="I180" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J180" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K180" s="4" t="s">
         <v>736</v>
       </c>
       <c r="L180" s="4" t="s">
         <v>737</v>
       </c>
       <c r="M180" s="4" t="s">
         <v>738</v>
       </c>
       <c r="N180" s="4" t="s">
         <v>739</v>
       </c>
       <c r="O180" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P180" s="4">
         <v>1</v>
       </c>
       <c r="Q180" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R180" s="4">
-        <v>64.09</v>
+        <v>0</v>
       </c>
       <c r="S180" s="4">
         <v>0</v>
       </c>
       <c r="T180" s="1"/>
       <c r="U180" s="1"/>
       <c r="V180" s="1"/>
       <c r="W180" s="1"/>
     </row>
     <row r="181" spans="1:23">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C181" s="3"/>
       <c r="D181" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H181" s="13" t="s">
         <v>740</v>
       </c>
       <c r="I181" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J181" s="13"/>
       <c r="K181" s="4" t="s">
         <v>741</v>
       </c>
       <c r="L181" s="4" t="s">
         <v>742</v>
       </c>
       <c r="M181" s="4" t="s">
         <v>607</v>
       </c>
       <c r="N181" s="4" t="s">
         <v>718</v>
       </c>
       <c r="O181" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P181" s="4">
         <v>1</v>
       </c>
       <c r="Q181" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R181" s="4">
-        <v>85.88</v>
+        <v>0</v>
       </c>
       <c r="S181" s="4">
         <v>0</v>
       </c>
       <c r="T181" s="1"/>
       <c r="U181" s="1"/>
       <c r="V181" s="1"/>
       <c r="W181" s="1"/>
     </row>
     <row r="182" spans="1:23">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C182" s="3"/>
       <c r="D182" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F182" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G182" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H182" s="13" t="s">
         <v>743</v>
       </c>
       <c r="I182" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J182" s="13"/>
       <c r="K182" s="4" t="s">
         <v>744</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>745</v>
       </c>
       <c r="M182" s="4" t="s">
         <v>746</v>
       </c>
       <c r="N182" s="4" t="s">
         <v>747</v>
       </c>
       <c r="O182" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P182" s="4">
         <v>0.99</v>
       </c>
       <c r="Q182" s="4">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="R182" s="4">
-        <v>30.28</v>
+        <v>0</v>
       </c>
       <c r="S182" s="4">
         <v>0</v>
       </c>
       <c r="T182" s="1"/>
       <c r="U182" s="1"/>
       <c r="V182" s="1"/>
       <c r="W182" s="1"/>
     </row>
     <row r="183" spans="1:23">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C183" s="3"/>
       <c r="D183" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F183" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H183" s="13" t="s">
         <v>748</v>
       </c>
       <c r="I183" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J183" s="13"/>
       <c r="K183" s="4" t="s">
         <v>749</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>750</v>
       </c>
       <c r="M183" s="4" t="s">
         <v>718</v>
       </c>
       <c r="N183" s="4" t="s">
         <v>751</v>
       </c>
       <c r="O183" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P183" s="4">
         <v>0.99</v>
       </c>
       <c r="Q183" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R183" s="4">
-        <v>83.75</v>
+        <v>0</v>
       </c>
       <c r="S183" s="4">
         <v>0</v>
       </c>
       <c r="T183" s="1"/>
       <c r="U183" s="1"/>
       <c r="V183" s="1"/>
       <c r="W183" s="1"/>
     </row>
     <row r="184" spans="1:23">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C184" s="3"/>
       <c r="D184" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E184" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F184" s="3" t="s">
         <v>23</v>
@@ -13520,54 +13520,54 @@
       <c r="I184" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J184" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>753</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>754</v>
       </c>
       <c r="M184" s="4" t="s">
         <v>755</v>
       </c>
       <c r="N184" s="4" t="s">
         <v>756</v>
       </c>
       <c r="O184" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P184" s="4">
         <v>0.79</v>
       </c>
       <c r="Q184" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R184" s="4">
-        <v>95.23</v>
+        <v>0</v>
       </c>
       <c r="S184" s="4">
         <v>0</v>
       </c>
       <c r="T184" s="1"/>
       <c r="U184" s="1"/>
       <c r="V184" s="1"/>
       <c r="W184" s="1"/>
     </row>
     <row r="185" spans="1:23">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F185" s="3" t="s">
         <v>23</v>
@@ -13581,88 +13581,88 @@
       <c r="I185" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J185" s="13" t="s">
         <v>578</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>758</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>759</v>
       </c>
       <c r="M185" s="4" t="s">
         <v>738</v>
       </c>
       <c r="N185" s="4" t="s">
         <v>760</v>
       </c>
       <c r="O185" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P185" s="4">
         <v>0.79</v>
       </c>
       <c r="Q185" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R185" s="4">
-        <v>96.7</v>
+        <v>0</v>
       </c>
       <c r="S185" s="4">
         <v>0</v>
       </c>
       <c r="T185" s="1"/>
       <c r="U185" s="1"/>
       <c r="V185" s="1"/>
       <c r="W185" s="1"/>
     </row>
     <row r="186" spans="1:23">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C186" s="3"/>
       <c r="D186" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F186" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G186" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H186" s="13" t="s">
         <v>761</v>
       </c>
       <c r="I186" s="13" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J186" s="13" t="s">
         <v>417</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>762</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>763</v>
       </c>
       <c r="M186" s="4" t="s">
         <v>764</v>
       </c>
       <c r="N186" s="4" t="s">
         <v>765</v>
       </c>
       <c r="O186" s="4" t="s">
         <v>593</v>
       </c>
       <c r="P186" s="4">
         <v>1</v>
       </c>
       <c r="Q186" s="4">
         <v>0</v>
       </c>
@@ -13695,51 +13695,51 @@
         <v>23</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H187" s="13" t="s">
         <v>766</v>
       </c>
       <c r="I187" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J187" s="13"/>
       <c r="K187" s="4" t="s">
         <v>767</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>768</v>
       </c>
       <c r="M187" s="4" t="s">
         <v>769</v>
       </c>
       <c r="N187" s="4" t="s">
         <v>770</v>
       </c>
       <c r="O187" s="4" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P187" s="4">
         <v>0.99</v>
       </c>
       <c r="Q187" s="4">
         <v>0</v>
       </c>
       <c r="R187" s="4">
         <v>0</v>
       </c>
       <c r="S187" s="4">
         <v>0</v>
       </c>
       <c r="T187" s="1"/>
       <c r="U187" s="1"/>
       <c r="V187" s="1"/>
       <c r="W187" s="1"/>
     </row>
     <row r="188" spans="1:23">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>20</v>
       </c>
@@ -13799,51 +13799,53 @@
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="3"/>
       <c r="D189" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H189" s="13" t="s">
         <v>777</v>
       </c>
       <c r="I189" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J189" s="13"/>
+      <c r="J189" s="13" t="s">
+        <v>578</v>
+      </c>
       <c r="K189" s="4" t="s">
         <v>778</v>
       </c>
       <c r="L189" s="4" t="s">
         <v>779</v>
       </c>
       <c r="M189" s="4" t="s">
         <v>780</v>
       </c>
       <c r="N189" s="4" t="s">
         <v>781</v>
       </c>
       <c r="O189" s="4" t="s">
         <v>582</v>
       </c>
       <c r="P189" s="4">
         <v>0.79</v>
       </c>
       <c r="Q189" s="4">
         <v>0</v>
       </c>
       <c r="R189" s="4">
         <v>0</v>
       </c>
       <c r="S189" s="4">
@@ -13853,54 +13855,54 @@
       <c r="U189" s="1"/>
       <c r="V189" s="1"/>
       <c r="W189" s="1"/>
     </row>
     <row r="190" spans="1:23">
       <c r="A190" s="7" t="s">
         <v>782</v>
       </c>
       <c r="B190" s="7"/>
       <c r="C190" s="7"/>
       <c r="D190" s="7"/>
       <c r="E190" s="11"/>
       <c r="F190" s="7"/>
       <c r="G190" s="7"/>
       <c r="H190" s="14"/>
       <c r="I190" s="14"/>
       <c r="J190" s="14"/>
       <c r="K190" s="8"/>
       <c r="L190" s="8"/>
       <c r="M190" s="8"/>
       <c r="N190" s="8"/>
       <c r="O190" s="8">
         <v>3446.26</v>
       </c>
       <c r="P190" s="8">
-        <v>1329.38</v>
+        <v>159.49</v>
       </c>
       <c r="Q190" s="8">
-        <v>38.57</v>
+        <v>4.63</v>
       </c>
       <c r="R190" s="8"/>
       <c r="S190" s="8"/>
       <c r="T190" s="1"/>
       <c r="U190" s="1"/>
       <c r="V190" s="1"/>
       <c r="W190" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A190:N190"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>