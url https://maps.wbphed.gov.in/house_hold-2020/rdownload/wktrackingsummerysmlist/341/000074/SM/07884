--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -195,50 +195,53 @@
     <t>2557/HD</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>29/06/2025</t>
   </si>
   <si>
     <t>PRANTIK DRILLING AGENCY</t>
   </si>
   <si>
     <t>Construction of 1 no switch room (3.6m x 3.00 m ) with water supply &amp; sanitary arrangement at TW sites of Moyrachack village under Uttar &amp; Dakhin Bhatora PWSS under Uluberia Sub-Division, under Howrah Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000077/2025-2026</t>
   </si>
   <si>
     <t>2763/HD</t>
   </si>
   <si>
     <t>Supplying, fitting, fixing and erecting of Swajal Gram (Har Ghar Jal Village) Board at different PWSS of different schemes under Howrah Division P.H.E. Dte. (For, Amta-II Block) (PART-A)</t>
   </si>
   <si>
     <t>AE HQ</t>
+  </si>
+  <si>
+    <t>je_blk_ballyjag_how</t>
   </si>
   <si>
     <t>ORD/000218/2025-2026</t>
   </si>
   <si>
     <t>4116/HD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>13/11/2025</t>
   </si>
   <si>
     <t>ABONTICA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -805,54 +808,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>82.22</v>
       </c>
       <c r="Q3" s="4">
-        <v>82.72</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100.61</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -864,54 +867,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.84</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.37</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.3</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -923,54 +926,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>4.84</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>89.92</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1139,108 +1142,110 @@
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>61</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>4.79</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>175.01</v>
       </c>
       <c r="P10" s="8">
-        <v>91.45</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>52.25</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>