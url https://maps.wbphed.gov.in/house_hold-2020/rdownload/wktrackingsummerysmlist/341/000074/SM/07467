--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1344,54 +1344,54 @@
       <c r="I10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P10" s="4">
         <v>2.27</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.1</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>92.49</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1405,54 +1405,54 @@
       <c r="I11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="4">
         <v>4.28</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.14</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.77</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1519,54 +1519,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P13" s="4">
         <v>3.11</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>30.74</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1576,54 +1576,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P14" s="4">
         <v>4.76</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.27</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>89.74</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1633,54 +1633,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P15" s="4">
         <v>3.44</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.27</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>95.17</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2032,54 +2032,54 @@
         <v>100</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P22" s="4">
         <v>42.22</v>
       </c>
       <c r="Q22" s="4">
-        <v>11.05</v>
+        <v>5.52</v>
       </c>
       <c r="R22" s="4">
-        <v>26.16</v>
+        <v>13.08</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2091,54 +2091,54 @@
         <v>89</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P23" s="4">
         <v>28.9</v>
       </c>
       <c r="Q23" s="4">
-        <v>43.49</v>
+        <v>21.75</v>
       </c>
       <c r="R23" s="4">
-        <v>150.5</v>
+        <v>75.25</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2150,54 +2150,54 @@
         <v>107</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P24" s="4">
         <v>38.98</v>
       </c>
       <c r="Q24" s="4">
-        <v>80.93</v>
+        <v>40.46</v>
       </c>
       <c r="R24" s="4">
-        <v>207.62</v>
+        <v>103.81</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2209,88 +2209,88 @@
         <v>110</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P25" s="4">
         <v>39.02</v>
       </c>
       <c r="Q25" s="4">
-        <v>72.73</v>
+        <v>36.37</v>
       </c>
       <c r="R25" s="4">
-        <v>186.41</v>
+        <v>93.21</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>319.94</v>
       </c>
       <c r="P26" s="8">
-        <v>222.94</v>
+        <v>104.1</v>
       </c>
       <c r="Q26" s="8">
-        <v>69.68</v>
+        <v>32.54</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>