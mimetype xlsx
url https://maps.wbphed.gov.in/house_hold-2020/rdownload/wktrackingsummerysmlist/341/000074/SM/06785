--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -914,54 +914,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>30.15</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.19</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>10.57</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P15" s="4">
         <v>4.07</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.92</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>96.37</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1610,88 +1610,88 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P16" s="4">
         <v>4.89</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>227.75</v>
       </c>
       <c r="P17" s="8">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>3.38</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>