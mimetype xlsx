--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -233,621 +233,606 @@
   <si>
     <t>13/05/2025</t>
   </si>
   <si>
     <t>COMBINE ENTERPRISES</t>
   </si>
   <si>
     <t>Laying balance Distribution System of Parallel pipe line and changing existlng CI main &amp; branch pipe line including other allied works of Raghunathpur Water Supply Scheme (Zone-VII-A) at Raghunathpur-II Block of Raghunathpur Sub Division under Purulia Division, PHE Dte. (Name of Mouzas-Madhutati or Mautor ,Baldi , Dhanara)</t>
   </si>
   <si>
     <t>ORD/001093/2024-2025</t>
   </si>
   <si>
     <t>2182/PD</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>11/02/2025</t>
   </si>
   <si>
     <t>CHATTERJEE CONSTRUCTION</t>
   </si>
   <si>
+    <t>Continuation Work Order for "Hiring charges of 1(one) no. Car.(Diesel driven) along with driver for use of the Office of the Assistant Engineer(H.Q) for augmentation of different water supply scheme in Raghunathpur Block, under Purulia Mechanical Division P.H.E Dte." With effect from :01.04.2024 to 30.09.2024</t>
+  </si>
+  <si>
+    <t>AE</t>
+  </si>
+  <si>
+    <t>ORD/000499/2023-2024</t>
+  </si>
+  <si>
+    <t>525/PMD</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>17/09/2024</t>
+  </si>
+  <si>
+    <t>PINTU DEY</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- Uporkhajura (Tube well-III), of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000650/2024-2025</t>
+  </si>
+  <si>
+    <t>1115/PMD</t>
+  </si>
+  <si>
+    <t>27/07/2024</t>
+  </si>
+  <si>
+    <t>ANUP KUMAR SAHA</t>
+  </si>
+  <si>
+    <t>Repering&amp; renovation of 4 (Four) Nos I.E Plant under Raghunathpur W/S Scheme of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer-4</t>
+  </si>
+  <si>
+    <t>ORD/000238/2024-2025</t>
+  </si>
+  <si>
+    <t>1086/PD</t>
+  </si>
+  <si>
+    <t>07/06/2024</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
+  </si>
+  <si>
+    <t>SADHAN GORAIN</t>
+  </si>
+  <si>
+    <t>Supply, delivery, installation and commissioning of chlorine leak absorption System at different OHR sites of Raghunathpur Water Supply Project under PMD PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000644/2024-2025</t>
+  </si>
+  <si>
+    <t>1576/PMD</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR DEY</t>
+  </si>
+  <si>
+    <t>Hiring charges of 1(one) no. Car.(Diesel driven) along with driver for use of the Office of the Assistant Engineer(H.Q) for augmentation of different water supply scheme in Raghunathpur Block, under Purulia Mechanical Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000207/2023-2024</t>
+  </si>
+  <si>
+    <t>1086/PMD</t>
+  </si>
+  <si>
+    <t>29/09/2023</t>
+  </si>
+  <si>
+    <t>30/03/2024</t>
+  </si>
+  <si>
+    <t>Supply and installation of A.C Machine at Ground floor of Shimul Annex Building at Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000606/2023-2024</t>
+  </si>
+  <si>
+    <t>446/PMD</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>21/03/2024</t>
+  </si>
+  <si>
+    <t>S PATHAK AND CO</t>
+  </si>
+  <si>
+    <t>Supply and installation of A.C Machine at first floor of Shimul Annex Building at Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000608/2023-2024</t>
+  </si>
+  <si>
+    <t>385/PMD</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- Salata (Z-IB) (Tube well-I), of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000577/2024-2025</t>
+  </si>
+  <si>
+    <t>906/PMD</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>M/S A.D. CONCERN</t>
+  </si>
+  <si>
+    <t>Supply and installation of 1 Ton A.C machine at Lakshmanpur Bungalow of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000578/2024-2025</t>
+  </si>
+  <si>
+    <t>1116/PMD</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- VB (Tube Wel-V), Nanduka of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000653/2024-2025</t>
+  </si>
+  <si>
+    <t>1324/PMD</t>
+  </si>
+  <si>
+    <t>04/09/2024</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- VB (Tube well-3), Nanduka of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000647/2024-2025</t>
+  </si>
+  <si>
+    <t>1259/PMD</t>
+  </si>
+  <si>
+    <t>22/08/2024</t>
+  </si>
+  <si>
+    <t>06/09/2024</t>
+  </si>
+  <si>
+    <t>M/S UJJAL DIESEL SERVICE</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- VB (Tube Wel-IV), Nanduka of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000652/2024-2025</t>
+  </si>
+  <si>
+    <t>1323/PMD</t>
+  </si>
+  <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>Laying of HDPE Pipe (PE-100, PN-10) for collecting line of riverbed tubewell (for 1, 2, 3 &amp; 4) under Raghunathpur W/S Scheme of Raghunathpur Sub-Division, under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-3</t>
+  </si>
+  <si>
+    <t>ORD/000235/2024-2025</t>
+  </si>
+  <si>
+    <t>1075/PD</t>
+  </si>
+  <si>
+    <t>KHITISH CHANDRA PATHAK</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- Salata (Z-IB) (Tube well-II), of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000576/2024-2025</t>
+  </si>
+  <si>
+    <t>1009/PMD</t>
+  </si>
+  <si>
+    <t>24/06/2024</t>
+  </si>
+  <si>
+    <t>09/07/2024</t>
+  </si>
+  <si>
+    <t>SUJIT MUKHERJEE</t>
+  </si>
+  <si>
+    <t>Supply, fitting, fixing Swajal Gram Village signboard and thorough repairing and Renovation of R.C.C. Elevated Reservoir (Intze Type with solid raft) of Capcaity 1049.84 cum and staging height 25 mtralongwith high lifting of boundary wall and construction of approach road with all allied works and laying of HDPE pipe at Soudagar Para , Goraipara, Bandanga Village and Supply of Chair, Table and Almirah for Seating arrangement of contractual Junior Engineers at the office of the Assistant Engineer, Raghunathpur Sub-Division under Raghunathpur W/S Scheme(German Assisted) of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000222/2024-2025</t>
+  </si>
+  <si>
+    <t>1096/PD</t>
+  </si>
+  <si>
+    <t>05/09/2024</t>
+  </si>
+  <si>
+    <t>M/S SAYAK BHATTACHARYA</t>
+  </si>
+  <si>
+    <t>RTOR000034/2024-2025</t>
+  </si>
+  <si>
+    <t>1712/PD</t>
+  </si>
+  <si>
+    <t>Quotation for new connection</t>
+  </si>
+  <si>
+    <t>BILL/00457/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-23-24-281</t>
+  </si>
+  <si>
+    <t>16/02/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL PURULIA</t>
+  </si>
+  <si>
+    <t>Supply of Diesel &amp; Mobil for vehicle WB56V-4010 for the month of March-2024 under PMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/00227/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-24-25-80</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>M/S SANKAR AUTO SERVICE</t>
+  </si>
+  <si>
+    <t>New Connection for Augmentation of Raghunathpur ZOne- I B (Nanduara)</t>
+  </si>
+  <si>
+    <t>BILL/00821/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-24-25-27</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>Bulk power supply at 11 KV, Purulia for a contractual demand of 400/400/400/400/400 KVA respectively for next consecutive five years, Mouza-Salata, Block-Raghunathpur -I , Purulia</t>
+  </si>
+  <si>
+    <t>BILL/00864/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-23-24-299</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>BILL/00456/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-23-24-221</t>
+  </si>
+  <si>
+    <t>05/12/2023</t>
+  </si>
+  <si>
+    <t>BILL/00458/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-23-24-280</t>
+  </si>
+  <si>
+    <t>New Connection for Augmentation of Raghunathpur ZOne-I B (Sohardi Mouza Babugram, Sanka)</t>
+  </si>
+  <si>
+    <t>BILL/00823/2023-2024</t>
+  </si>
+  <si>
+    <t>Payment to WBSEDCL , Chelyama CCC for new connection at Vill. + P.O. - Chelyama , Rghunathpur , application no,- 2004770178 , reference Id.- 204327440 .</t>
+  </si>
+  <si>
+    <t>BILL/00289/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-24-25-76</t>
+  </si>
+  <si>
+    <t>Payment of New Electric Connection charge at Salata mouza ,Babugram site , Zone - IV B Raghunathpur - 1 under Augmentation of Raghunathpur W.S. Project and payment to WBSEDCL Raghunathpur CCC . Referance Id - 204346008</t>
+  </si>
+  <si>
+    <t>BILL/00191/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-24-25-48</t>
+  </si>
+  <si>
+    <t>16/07/2024</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER &amp; IN CHARGE, RAGHUNATHPUR 132 KV SUB STATION (WBSETCL)</t>
+  </si>
+  <si>
+    <t>Replacement of existing two number old VT pumps with new pumps at intake pump house of Lakshmanpur WTP for Augmentation of Raghunarhpur W/S project with allied works, under PMD, PHE, Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000175/2023-2024</t>
+  </si>
+  <si>
+    <t>1127/PMD</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>Installation of Ongrid solar system and Fabrication structure on ground floor Solarisation of WBSEDCL energised pumping machinery at Existing 8 nos OHR and Proposed 6nos OHR site under Augmentation of Raghunathpur water supply project under PMD, PHE, Dte. District Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000231/2023-2024</t>
+  </si>
+  <si>
+    <t>1125/PMD</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE ENGINEERS CO. OPERATIVE SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (13 X 8.5 mtr) at Laxmanpur WTP site to accommodate electromechanical equipment as well as safety device under Raghunathpur W/S Scheme of Raghunathpur Sub-Divn under Purulia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-1</t>
+  </si>
+  <si>
+    <t>ORD/000328/2024-2025</t>
+  </si>
+  <si>
+    <t>1353/PD</t>
+  </si>
+  <si>
+    <t>25/07/2024</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>BOSE CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supplying, laying , fitting fixing Parallel pipe line with allied works at Shaharjuri village , Kharapara village ,Deshra village , KP Rangadihi village &amp;Rangadihi village for increase pressure of Retrofitting works for creation of ' Functional House Hold Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) at Kolaboni under Aug. of Raghunathpur W/S Scheme , Zone-IB of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-1,Junior Engineer-2,Junior Engineer-3,Junior Engineer-4</t>
+  </si>
+  <si>
+    <t>ORD/001151/2024-2025</t>
+  </si>
+  <si>
+    <t>2302/PD</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>SUBRATA SINGHADEO</t>
+  </si>
+  <si>
+    <t>Laying Distribution System of Parallel pipe line and changing existlng CI main &amp; branch pipe line including other allied works of Raghunathpur Water Supply Scheme at Raghunathpur-II Block of Raghunathpur Sub Division under Purulia Division, PHE Dte.(Name of Mouzas- Rangamati , Gobranda , Charanbandh , Muldi , Bagmanni , Nanduka)</t>
+  </si>
+  <si>
+    <t>ORD/001140/2024-2025</t>
+  </si>
+  <si>
+    <t>43/PD</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 3 (Three) no tubewell with necessary Pipe line at Bhamuria Head work site under Raghunathpur Water Supply Scheme of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-2</t>
+  </si>
+  <si>
+    <t>ORD/001157/2024-2025</t>
+  </si>
+  <si>
+    <t>2309/PD</t>
+  </si>
+  <si>
+    <t>Laying of 250 mm D.I. pipe line for Raw water rising main with manifold at Ramchandrapur under Raghunathpur Piped Water Supply Scheme of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001175/2024-2025</t>
+  </si>
+  <si>
+    <t>2329/PD</t>
+  </si>
+  <si>
+    <t>ANUP KUMAR SAHA CIVIL CONTRACTORS PRIVATE LIMITED</t>
+  </si>
+  <si>
     <t>Laying balance Distribution System of Parallel pipe line and changing existing CI main &amp; branch pipe line including other allied works of Raghunathpur Water Supply Scheme (Zone-VII-A) at Raghunathpur-II Block of Raghunathpur Sub Division under Purulia Division, PHE Dte. (Name of Mouzas-(Khantra, KhairaChak , Ruknibera, Gobindapur, Paranpur, Toldi)</t>
   </si>
   <si>
     <t>ORD/001094/2024-2025</t>
   </si>
   <si>
     <t>2183/PD</t>
   </si>
   <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
     <t>NANIGOPAL DEY</t>
   </si>
   <si>
-    <t>Continuation Work Order for "Hiring charges of 1(one) no. Car.(Diesel driven) along with driver for use of the Office of the Assistant Engineer(H.Q) for augmentation of different water supply scheme in Raghunathpur Block, under Purulia Mechanical Division P.H.E Dte." With effect from :01.04.2024 to 30.09.2024</t>
-[...451 lines deleted...]
-  <si>
     <t>Supply of DI Specials &amp; road crossing for Distribution line ZONE-IB of Raghunathpur W/S Scheme (German Assisted) of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000337/2024-2025</t>
   </si>
   <si>
     <t>1363/PD</t>
   </si>
   <si>
-    <t>12/11/2025</t>
+    <t>10/02/2026</t>
   </si>
   <si>
     <t>MADHU SUDAN RAKSHIT</t>
   </si>
   <si>
     <t>Continuation Work Order for"Hiring charges of 1(one) no. Car.(Diesel driven) along with driver for use of the Office of the Assistant Engineer(H.Q) for augmentation of different water supply scheme in Raghunathpur Block, under Purulia Mechanical Division P.H.E Dte." With effect from :01.10.2024 to 31.03.2025</t>
   </si>
   <si>
     <t>ORD/000570/2024-2025</t>
   </si>
   <si>
     <t>1375/PMD</t>
   </si>
   <si>
     <t>20/03/2025</t>
   </si>
   <si>
     <t>Construction of Guard Room with toilet block at Zone-III under Raghunathpur W/S Scheme (German Assisted) of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001071/2024-2025</t>
   </si>
   <si>
     <t>2102/PD</t>
   </si>
   <si>
     <t>03/06/2025</t>
   </si>
   <si>
     <t>SUBHAJIT KUNDU</t>
   </si>
   <si>
     <t>Laying Distribution System of Parallel pipeline and changing existing Cl main &amp; branch pipe line including other allied works of Raghunathpur Water Supply Scheme (Zone-VB) at Raghunathpur-II Block of Raghunathpur Sub-Division under Purulia Division PHE Dte. (SL-4)</t>
   </si>
   <si>
     <t>ORD/000541/2024-2025</t>
   </si>
   <si>
     <t>1756/PD</t>
   </si>
   <si>
     <t>13/09/2024</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>MS D.PALIT AND CO.</t>
   </si>
   <si>
-    <t>Yard lighting and internal illumination arrangement at Augmentation of Raghunathpur Pipe Water Supply Scheme for Zone V B under Purulia Mechanical Division, PHE. Dte.</t>
-[...5 lines deleted...]
-    <t>1445/PMD</t>
+    <t>Supply, delivery and laying of cable and other works, at OHR site Uporkhajura of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000613/2024-2025</t>
+  </si>
+  <si>
+    <t>865/PMD</t>
+  </si>
+  <si>
+    <t>04/06/2024</t>
+  </si>
+  <si>
+    <t>14/06/2024</t>
+  </si>
+  <si>
+    <t>Yard lighting and internal illumination arrangement at Augmentation of Raghunathpur Pipe Water Supply Scheme for Zone IV - B under Purulia Mechanical Division, PHE. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000589/2024-2025</t>
+  </si>
+  <si>
+    <t>1447/PMD</t>
   </si>
   <si>
     <t>01/10/2024</t>
-  </si>
-[...34 lines deleted...]
-    <t>1447/PMD</t>
   </si>
   <si>
     <t>BISHWANATH NANDI</t>
   </si>
   <si>
     <t>Supply, delivery &amp; installation of Submersible Pumping Machinery along with allied works, at OHR site- Uporkhujra-IIB (Tube Well-I), of Raghunathpur water supply project under Purulia Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000635/2024-2025</t>
   </si>
   <si>
     <t>914/PMD</t>
   </si>
   <si>
     <t>26/06/2024</t>
   </si>
   <si>
     <t>Special repairing works of HDPE pipe line from River side to Karandih Village , Kajuli Village ,Kajuli more to D.ED Collage road , Daldali Majhidih Village &amp; Guard pilling Manifold to CWR Pipe line with all allied works of Retrofitting works in connection with Jal Jeevan Mission (JJM) at Maguria Lalpur under Raghunathpur W/S Scheme (Zone-IB) of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001298/2024-2025</t>
   </si>
   <si>
     <t>438/PD</t>
   </si>
@@ -1386,51 +1371,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W62"/>
+  <dimension ref="A1:W60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1978,1169 +1963,1169 @@
         <v>90.91</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="I11" s="13"/>
-      <c r="J11" s="13"/>
+      <c r="I11" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P11" s="4">
-        <v>96.2</v>
+        <v>0.89</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P12" s="4">
-        <v>0.89</v>
+        <v>0.81</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.71</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>79.78</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="P13" s="4">
-        <v>0.81</v>
+        <v>22.12</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" s="4">
-        <v>22.12</v>
+        <v>90.02</v>
       </c>
       <c r="Q14" s="4">
-        <v>11.24</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>50.82</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>61</v>
+        <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="P15" s="4">
-        <v>90.02</v>
+        <v>0.89</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="P16" s="4">
-        <v>0.89</v>
+        <v>0.79</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>80.33</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O17" s="4" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
       <c r="P17" s="4">
         <v>0.79</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>97.21</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>99</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>51</v>
+        <v>117</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="P18" s="4">
-        <v>0.79</v>
+        <v>0.95</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.21</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>120</v>
+        <v>52</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="P19" s="4">
-        <v>0.95</v>
+        <v>0.62</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
+        <v>0</v>
+      </c>
+      <c r="S19" s="4">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L20" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="L20" s="4" t="s">
+      <c r="M20" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="M20" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N20" s="4" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="P20" s="4">
-        <v>0.62</v>
+        <v>0.96</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.62</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="P21" s="4">
         <v>0.96</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>90</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="P22" s="4">
         <v>0.96</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>137</v>
       </c>
       <c r="I23" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J23" s="13" t="s">
-        <v>27</v>
+        <v>138</v>
       </c>
       <c r="K23" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="P23" s="4">
-        <v>0.96</v>
+        <v>6.9</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
-        <v>142</v>
+        <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>94</v>
+        <v>145</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P24" s="4">
-        <v>6.9</v>
+        <v>0.95</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>63.18</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J25" s="13" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>149</v>
+        <v>90</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="O25" s="4" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P25" s="4">
-        <v>0.95</v>
+        <v>45.37</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
+        <v>0</v>
+      </c>
+      <c r="S25" s="4">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>152</v>
-[...6 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="P26" s="4">
-        <v>45.37</v>
+        <v>408.72</v>
       </c>
       <c r="Q26" s="4">
-        <v>25.75</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>56.75</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="L27" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="L27" s="4" t="s">
+      <c r="M27" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="M27" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" s="4" t="s">
-        <v>135</v>
+        <v>159</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>44</v>
+        <v>160</v>
       </c>
       <c r="P27" s="4">
-        <v>408.72</v>
+        <v>1.63</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I28" s="13"/>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P28" s="4">
-        <v>1.63</v>
+        <v>0.22</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="P29" s="4">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
@@ -3150,1948 +3135,1842 @@
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
         <v>170</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="P30" s="4">
-        <v>0.25</v>
+        <v>38.16</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="L31" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="M31" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="P31" s="4">
-        <v>38.16</v>
+        <v>0.05</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L32" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="L32" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M32" s="4" t="s">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="P32" s="4">
-        <v>0.05</v>
+        <v>0.61</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="L33" s="4"/>
       <c r="M33" s="4" t="s">
-        <v>163</v>
+        <v>31</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>163</v>
+        <v>31</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="P33" s="4">
-        <v>0.61</v>
+        <v>2.32</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="L34" s="4"/>
+        <v>182</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>183</v>
+      </c>
       <c r="M34" s="4" t="s">
-        <v>31</v>
+        <v>164</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>31</v>
+        <v>164</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="P34" s="4">
-        <v>2.32</v>
+        <v>5.36</v>
       </c>
       <c r="Q34" s="4">
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="L35" s="4" t="s">
+      <c r="M35" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="M35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N35" s="4" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="P35" s="4">
-        <v>5.36</v>
+        <v>3.11</v>
       </c>
       <c r="Q35" s="4">
         <v>0</v>
       </c>
       <c r="R35" s="4">
         <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-      <c r="J36" s="13"/>
+        <v>189</v>
+      </c>
+      <c r="I36" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J36" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K36" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>191</v>
+        <v>30</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="O36" s="4" t="s">
-        <v>192</v>
+        <v>66</v>
       </c>
       <c r="P36" s="4">
-        <v>3.11</v>
+        <v>31.33</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
-        <v>0</v>
+        <v>91</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
         <v>193</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>66</v>
+        <v>197</v>
       </c>
       <c r="P37" s="4">
-        <v>31.33</v>
+        <v>44.79</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
-        <v>91</v>
+        <v>50</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I38" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J38" s="13" t="s">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="K38" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="L38" s="4" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>30</v>
+        <v>202</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="P38" s="4">
-        <v>44.79</v>
+        <v>31.86</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
       <c r="S38" s="4">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I39" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J39" s="13" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="P39" s="4">
-        <v>31.86</v>
+        <v>54.42</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="O40" s="4" t="s">
-        <v>214</v>
+        <v>141</v>
       </c>
       <c r="P40" s="4">
-        <v>54.42</v>
+        <v>96.11</v>
       </c>
       <c r="Q40" s="4">
         <v>0</v>
       </c>
       <c r="R40" s="4">
         <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-      <c r="J41" s="13"/>
+        <v>217</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>218</v>
+      </c>
       <c r="K41" s="4" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="P41" s="4">
-        <v>96.11</v>
+        <v>18.96</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>220</v>
-[...4 lines deleted...]
-      <c r="J42" s="13" t="s">
         <v>221</v>
       </c>
+      <c r="I42" s="13"/>
+      <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>145</v>
+        <v>224</v>
       </c>
       <c r="P42" s="4">
-        <v>18.96</v>
+        <v>1.82</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
       <c r="S42" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-      <c r="J43" s="13"/>
+        <v>225</v>
+      </c>
+      <c r="I43" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="J43" s="13" t="s">
+        <v>87</v>
+      </c>
       <c r="K43" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M43" s="4" t="s">
-        <v>212</v>
+        <v>70</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="O43" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P43" s="4">
-        <v>1.82</v>
+        <v>96.2</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="K44" s="4" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="L44" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P44" s="4">
         <v>7.01</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="P45" s="4">
         <v>0.89</v>
       </c>
       <c r="Q45" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>29.12</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="I46" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J46" s="13" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="K46" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P46" s="4">
         <v>6.41</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I47" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J47" s="13" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="P47" s="4">
         <v>190.01</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>60</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M48" s="4" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>213</v>
+        <v>254</v>
       </c>
       <c r="O48" s="4" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="P48" s="4">
-        <v>4.32</v>
+        <v>0.79</v>
       </c>
       <c r="Q48" s="4">
         <v>0</v>
       </c>
       <c r="R48" s="4">
         <v>0</v>
       </c>
       <c r="S48" s="4">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>256</v>
+        <v>210</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>88</v>
+        <v>259</v>
       </c>
       <c r="P49" s="4">
-        <v>0.79</v>
+        <v>13.34</v>
       </c>
       <c r="Q49" s="4">
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <v>0</v>
       </c>
       <c r="S49" s="4">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>251</v>
+        <v>169</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>213</v>
+        <v>263</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>260</v>
+        <v>84</v>
       </c>
       <c r="P50" s="4">
-        <v>5.38</v>
+        <v>0.81</v>
       </c>
       <c r="Q50" s="4">
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <v>0</v>
       </c>
       <c r="S50" s="4">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="I51" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>213</v>
+        <v>268</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="P51" s="4">
-        <v>13.34</v>
+        <v>31.69</v>
       </c>
       <c r="Q51" s="4">
-        <v>7.87</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>59.05</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
-        <v>265</v>
-[...6 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="I52" s="13"/>
+      <c r="J52" s="13"/>
       <c r="K52" s="4" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>173</v>
+        <v>273</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="O52" s="4" t="s">
-        <v>88</v>
+        <v>275</v>
       </c>
       <c r="P52" s="4">
-        <v>0.81</v>
+        <v>5.63</v>
       </c>
       <c r="Q52" s="4">
         <v>0</v>
       </c>
       <c r="R52" s="4">
         <v>0</v>
       </c>
       <c r="S52" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="13" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="I53" s="13" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="J53" s="13" t="s">
-        <v>91</v>
+        <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="L53" s="4" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="O53" s="4" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="P53" s="4">
-        <v>31.69</v>
+        <v>101.61</v>
       </c>
       <c r="Q53" s="4">
         <v>0</v>
       </c>
       <c r="R53" s="4">
         <v>0</v>
       </c>
       <c r="S53" s="4">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="13" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-      <c r="J54" s="13"/>
+        <v>281</v>
+      </c>
+      <c r="I54" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J54" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K54" s="4" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="L54" s="4" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="O54" s="4" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="P54" s="4">
-        <v>5.63</v>
+        <v>24.28</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
       <c r="S54" s="4">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="13" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I55" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J55" s="13" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="K55" s="4" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="L55" s="4" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="O55" s="4" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="P55" s="4">
-        <v>101.61</v>
+        <v>128.19</v>
       </c>
       <c r="Q55" s="4">
         <v>0</v>
       </c>
       <c r="R55" s="4">
         <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="13" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="I56" s="13" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="J56" s="13" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="L56" s="4" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="M56" s="4" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>246</v>
+        <v>294</v>
       </c>
       <c r="O56" s="4" t="s">
-        <v>264</v>
+        <v>295</v>
       </c>
       <c r="P56" s="4">
-        <v>24.28</v>
+        <v>23.43</v>
       </c>
       <c r="Q56" s="4">
         <v>0</v>
       </c>
       <c r="R56" s="4">
         <v>0</v>
       </c>
       <c r="S56" s="4">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="13" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="I57" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J57" s="13" t="s">
-        <v>91</v>
+        <v>138</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="O57" s="4" t="s">
-        <v>294</v>
+        <v>153</v>
       </c>
       <c r="P57" s="4">
-        <v>128.19</v>
+        <v>80.88</v>
       </c>
       <c r="Q57" s="4">
         <v>0</v>
       </c>
       <c r="R57" s="4">
         <v>0</v>
       </c>
       <c r="S57" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="13" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-      <c r="J58" s="13"/>
+        <v>299</v>
+      </c>
+      <c r="I58" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="J58" s="13" t="s">
+        <v>199</v>
+      </c>
       <c r="K58" s="4" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="L58" s="4" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="M58" s="4" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="O58" s="4" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="P58" s="4">
-        <v>23.43</v>
+        <v>21.16</v>
       </c>
       <c r="Q58" s="4">
         <v>0</v>
       </c>
       <c r="R58" s="4">
         <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="13" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="I59" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J59" s="13" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="K59" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="L59" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="M59" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="L59" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N59" s="4" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="O59" s="4" t="s">
-        <v>157</v>
+        <v>229</v>
       </c>
       <c r="P59" s="4">
-        <v>80.88</v>
+        <v>26.09</v>
       </c>
       <c r="Q59" s="4">
         <v>0</v>
       </c>
       <c r="R59" s="4">
         <v>0</v>
       </c>
       <c r="S59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
-      <c r="A60" s="3">
-[...39 lines deleted...]
-      <c r="O60" s="4" t="s">
+      <c r="A60" s="7" t="s">
         <v>309</v>
       </c>
-      <c r="P60" s="4">
-[...10 lines deleted...]
-      </c>
+      <c r="B60" s="7"/>
+      <c r="C60" s="7"/>
+      <c r="D60" s="7"/>
+      <c r="E60" s="11"/>
+      <c r="F60" s="7"/>
+      <c r="G60" s="7"/>
+      <c r="H60" s="14"/>
+      <c r="I60" s="14"/>
+      <c r="J60" s="14"/>
+      <c r="K60" s="8"/>
+      <c r="L60" s="8"/>
+      <c r="M60" s="8"/>
+      <c r="N60" s="8"/>
+      <c r="O60" s="8">
+        <v>3889.22</v>
+      </c>
+      <c r="P60" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q60" s="8">
+        <v>0</v>
+      </c>
+      <c r="R60" s="8"/>
+      <c r="S60" s="8"/>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
-    <row r="61" spans="1:23">
-[...88 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A62:N62"/>
+    <mergeCell ref="A60:N60"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>