--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -92,156 +92,162 @@
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>PURULIA</t>
   </si>
   <si>
     <t>Hura,Jaipur,Jhalda-I,Jhalda-II,Kashipur,Manbazar-I,Neturia,Para,Puncha,Purulia-I,Purulia-II,Raghunathpur-I,Raghunathpur-II,Santuri</t>
   </si>
   <si>
     <t>Purulia Division</t>
   </si>
   <si>
     <t>Surface water based piped water supply scheme for Purulia District (Northern sector) (Phase-I)</t>
   </si>
   <si>
     <t>SM/18528</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
+    <t>Details survey of WTP site as well as intake site to ascertion depth and area basin at Shiulibari Mouza, Nituria Block under Northern Zone W/S Scheme of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000020/2023-2024</t>
+  </si>
+  <si>
+    <t>549/PD</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>12/05/2023</t>
+  </si>
+  <si>
+    <t>ROY CHOWDHURY ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000035/2024-2025</t>
+  </si>
+  <si>
+    <t>1904/PD</t>
+  </si>
+  <si>
+    <t>21/10/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>Electric quotation along with M.B No1200/PMD for payment of shifting of 11KV PHE feeder &amp; 11 KV Rampur feeder from Northern Sector WTP Campus for payment from your end.</t>
+  </si>
+  <si>
+    <t>BILL/01971/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-889</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Construction and Commissioning of RCC Over Head Reservoir ( Torch type with solid raft ) of capacity 150 CUM and staging height 20 mtr as per approved drawing ( No:PC-I/OHR/3/2012) including Laying Distribution Pipe Line and providing FHTC including other allied works &amp; Operation &amp; Maintenance of Distribution , Pipe line (DI/HDPE), including Sluice Valve &amp; FHTC for the period of thirty six month (36) for Zone-II of Kashipur Block under Purulia Piped Water Supply Scheme (Northern Sector) under Purulia Divn. PHE Dte. (SL-2)</t>
+  </si>
+  <si>
+    <t>Junior Engineer,Junior Engineer-2</t>
+  </si>
+  <si>
+    <t>ORD/000895/2023-2024</t>
+  </si>
+  <si>
+    <t>1560/PD</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>01/01/2027</t>
+  </si>
+  <si>
+    <t>RAJ BROTHERS</t>
+  </si>
+  <si>
+    <t>Design, Surveying, Engineering, Supplying, Construction, Erection, Installation, Testing And Commissioning Of Fixed Type Intake Jetty With Pump House, Construction Of Subs Stations; Raw Water Rising Main, Bank Protection, 158 MLD (Minimum) Capacity Water Treatment Plant (WTP) Based On Conventional Technologies Considering Extra 20% Overloading; at Siulibari Mouza of Neturia Block to supply water for 14 nos. Block Including Pumping Machineries On EPC/Turnkey Basis In A Single Package (Package-1) Including 3 (Three) Months Trial Run And Operation &amp; Maintenance For 3 Years For Surface Based W/S Scheme For Northern Sector Under Purulia District.</t>
+  </si>
+  <si>
+    <t>ORD/000897/2023-2024</t>
+  </si>
+  <si>
+    <t>1563/PD</t>
+  </si>
+  <si>
+    <t>26/10/2023</t>
+  </si>
+  <si>
+    <t>02/07/2026</t>
+  </si>
+  <si>
+    <t>GAJA ENGINEERING PRIVATE LIMITED</t>
+  </si>
+  <si>
     <t>Construction of Boundary wall, RCC Pillar, gate, Barbed wire &amp; Sinking of 2(Two) nos tubewellat OHR Sites of Zone - VII &amp; VIII of Hura Block under Surface Water Based Piped Water Supply Scheme for Purulia District (Northern Sector) of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.(Total Length of Boundary Wall:290 m)</t>
   </si>
   <si>
+    <t>Junior Engineer-4</t>
+  </si>
+  <si>
     <t>ORD/001826/2023-2024</t>
   </si>
   <si>
     <t>64/PD</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
-    <t>10/03/2024</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>GHOSH AND ROY ENTERPRISE</t>
-  </si>
-[...88 lines deleted...]
-    <t>GAJA ENGINEERING PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Purulia Mechanical</t>
   </si>
   <si>
     <t>Hiring of maxi cab (non air conditioned) Bharat Stage-III Diesel/LPG/CNG driver engine including driver for official use of the Assistant Engineer, Purulia Mechanical Sub-Division (W/S) PHE, Dte. (01/10/24 to 31/03/25)</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000614/2024-2025</t>
   </si>
   <si>
     <t>399/PMSD(W/S)</t>
   </si>
   <si>
     <t>23/09/2024</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
@@ -797,457 +803,461 @@
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="13"/>
-      <c r="J3" s="13"/>
+      <c r="I3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>28</v>
+      </c>
       <c r="K3" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="P3" s="4">
-        <v>39.8</v>
+        <v>5.39</v>
       </c>
       <c r="Q3" s="4">
-        <v>0</v>
+        <v>5.38</v>
       </c>
       <c r="R3" s="4">
-        <v>0</v>
+        <v>99.76</v>
       </c>
       <c r="S3" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="O4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>5.39</v>
+        <v>66.57</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.38</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="M5" s="4" t="s">
+      <c r="N5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="N5" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>66.57</v>
+        <v>45.82</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="I6" s="13"/>
-      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P6" s="4">
-        <v>45.82</v>
+        <v>264.65</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>100.42</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>37.95</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P7" s="4">
-        <v>264.65</v>
+        <v>36300</v>
       </c>
       <c r="Q7" s="4">
-        <v>100.42</v>
+        <v>2024.61</v>
       </c>
       <c r="R7" s="4">
-        <v>37.95</v>
+        <v>5.58</v>
       </c>
       <c r="S7" s="4">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P8" s="4">
-        <v>36300</v>
+        <v>39.8</v>
       </c>
       <c r="Q8" s="4">
-        <v>2024.61</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>5.58</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
         <v>0.43</v>
       </c>
       <c r="R9" s="4">
         <v>49.87</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>36723.1</v>
       </c>
       <c r="P10" s="8">
         <v>2130.84</v>
       </c>
       <c r="Q10" s="8">
         <v>5.8</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>