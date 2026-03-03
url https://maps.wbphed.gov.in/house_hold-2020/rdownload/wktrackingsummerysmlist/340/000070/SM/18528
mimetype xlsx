--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -828,54 +828,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>5.39</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.38</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1009,54 +1009,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>264.65</v>
       </c>
       <c r="Q6" s="4">
-        <v>100.42</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>37.95</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>22</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1072,54 +1072,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>36300</v>
       </c>
       <c r="Q7" s="4">
-        <v>2024.61</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>5.58</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>27</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1198,88 +1198,88 @@
       <c r="I9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>0.86</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>49.87</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>36723.1</v>
       </c>
       <c r="P10" s="8">
-        <v>2130.84</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>5.8</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>