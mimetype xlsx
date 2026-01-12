--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -185,66 +185,69 @@
   <si>
     <t>1340/PD</t>
   </si>
   <si>
     <t>08/09/2023</t>
   </si>
   <si>
     <t>08/03/2024</t>
   </si>
   <si>
     <t>EFFLUENT &amp; WATER TRETMENT ENGINEERS PVT LTD</t>
   </si>
   <si>
     <t>Repairing of Baffle Floculator ,Tube Settlor and Construction of Platform of Preasure Filter and Construction of Boundary wall and Repairing of Old Staff Room and other allied works under Hutmura &amp; Bandwan W/S Scheme under Purulia Sadar Sub-Division under Purulia Division, PHE Dte .</t>
   </si>
   <si>
     <t>ORD/000338/2024-2025</t>
   </si>
   <si>
     <t>1364/PD</t>
   </si>
   <si>
     <t>22/03/2025</t>
   </si>
   <si>
-    <t>Laying of distribution pipe line at Jitan Mouza (From Morang Culvert to Jitan garden) under command area of Bandwan Water Supply Scheme of Bandwan Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte.</t>
-[...14 lines deleted...]
-    <t>ROY CONSTRUCTION</t>
+    <t>Laying of Distribution Pipeline From Rightgora OHR to Rithugora Village More to Connect DI Pipeline under JJM Work under Bandwan Water Supply Scheme under Purulia Dividion ,PHE Dte</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Assistant Engineer(HQ)</t>
+  </si>
+  <si>
+    <t>ORD/000187/2025-2026</t>
+  </si>
+  <si>
+    <t>1048/PD</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>BOSE CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1077,112 +1080,112 @@
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" s="4">
-        <v>0.93</v>
+        <v>4.4</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
-        <v>395.98</v>
+        <v>399.45</v>
       </c>
       <c r="P9" s="8">
         <v>171.63</v>
       </c>
       <c r="Q9" s="8">
-        <v>43.34</v>
+        <v>42.97</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>