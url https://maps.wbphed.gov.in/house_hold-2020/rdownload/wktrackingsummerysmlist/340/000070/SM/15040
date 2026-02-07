--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -799,54 +799,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>11.66</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.85</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>84.5</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -860,54 +860,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>1.19</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -921,54 +921,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>30.22</v>
       </c>
       <c r="Q5" s="4">
-        <v>30.14</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -982,54 +982,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>260.9</v>
       </c>
       <c r="Q6" s="4">
-        <v>130.45</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>85</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1138,54 +1138,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>399.45</v>
       </c>
       <c r="P9" s="8">
-        <v>171.63</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>42.97</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>