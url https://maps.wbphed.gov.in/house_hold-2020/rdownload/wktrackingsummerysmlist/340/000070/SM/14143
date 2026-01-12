--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -567,50 +567,104 @@
     <t>ORD/000444/2022-2023</t>
   </si>
   <si>
     <t>302/PR</t>
   </si>
   <si>
     <t>Operation &amp; Maintenance and water testing in the laboratory of Sirkabad Sub-District water testing Laboratory under RWS purulia Sub-Division PHE Dte.(w.e.f.01.07.2022 to 30.06.2023). SL NO.08</t>
   </si>
   <si>
     <t>ORD/000445/2022-2023</t>
   </si>
   <si>
     <t>303/PR</t>
   </si>
   <si>
     <t>Operation &amp; Maintenance and water testing in the laboratory at Hura Sub District Laboratory under under RWS Purulia Sub Division PHE Dte.(w.e.f.01.09.2022 to 30.06.2023).</t>
   </si>
   <si>
     <t>ORD/000758/2022-2023</t>
   </si>
   <si>
     <t>1354/PD</t>
   </si>
   <si>
     <t>SUPRIYA MAHANTI MISHRA</t>
+  </si>
+  <si>
+    <t>Necessary Maintenance work of water testing in the laboratory at Hura WTP, Barabazar &amp; Joypur Sub-District water testing Laboratory under RWS purulia Sub-Division PHE Dte.(w.e.f.01.08.2023 to 31.07.2024).</t>
+  </si>
+  <si>
+    <t>ORD/000291/2023-2024</t>
+  </si>
+  <si>
+    <t>378/A/PR</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>27/07/2024</t>
+  </si>
+  <si>
+    <t>KABERI DUTTA</t>
+  </si>
+  <si>
+    <t>Necessary Maintenance work of water testing in the laboratory at Manbazar-II Sub-District , Dist Lab &amp; others water testing Laboratory under RWS purulia Sub-Division PHE Dte.(w.e.f.01.08.2023 to 31.07.2024).</t>
+  </si>
+  <si>
+    <t>ORD/000294/2023-2024</t>
+  </si>
+  <si>
+    <t>379/PR</t>
+  </si>
+  <si>
+    <t>Necessary Maintenance work of water testing in the laboratory at Jhalda-I, Sirkabad &amp; Baghmundi Sub-District water testing Laboratory under RWS Purulia Sub-Division PHE Dte.(w.e.f.01.08.2023 to 31.07.2024).</t>
+  </si>
+  <si>
+    <t>ORD/000292/2023-2024</t>
+  </si>
+  <si>
+    <t>378/B/PR</t>
+  </si>
+  <si>
+    <t>Necessary Maintenance work of water testing in the laboratory at Santuri, Dubra &amp; Cheliyama Sub-District water testing Laboratory under RWS purulia Sub-Division PHE Dte.(w.e.f.01.08.2023 to 31.07.2024).</t>
+  </si>
+  <si>
+    <t>ORD/000295/2023-2024</t>
+  </si>
+  <si>
+    <t>379/A/PR</t>
+  </si>
+  <si>
+    <t>Necessary Maintenance work of water testing in the laboratory at Rghunathpur WTP,Kashipur &amp; Raghunathpur Sub-District water testing Laboratory under RWS purulia Sub-Division PHE Dte.(w.e.f.01.08.2023 to 31.07.2024).</t>
+  </si>
+  <si>
+    <t>ORD/000293/2023-2024</t>
+  </si>
+  <si>
+    <t>378/C/PR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -999,51 +1053,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W38"/>
+  <dimension ref="A1:W43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3190,87 +3244,392 @@
       </c>
       <c r="N37" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P37" s="4">
         <v>4.81</v>
       </c>
       <c r="Q37" s="4">
         <v>2.57</v>
       </c>
       <c r="R37" s="4">
         <v>53.38</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
-      <c r="A38" s="7" t="s">
+      <c r="A38" s="3">
+        <v>36</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H38" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="B38" s="7"/>
-[...22 lines deleted...]
-      <c r="S38" s="8"/>
+      <c r="I38" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="M38" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N38" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O38" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="P38" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>0</v>
+      </c>
+      <c r="R38" s="4">
+        <v>0</v>
+      </c>
+      <c r="S38" s="4">
+        <v>100</v>
+      </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
+    <row r="39" spans="1:23">
+      <c r="A39" s="3">
+        <v>37</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="I39" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N39" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O39" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P39" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>0</v>
+      </c>
+      <c r="R39" s="4">
+        <v>0</v>
+      </c>
+      <c r="S39" s="4">
+        <v>100</v>
+      </c>
+      <c r="T39" s="1"/>
+      <c r="U39" s="1"/>
+      <c r="V39" s="1"/>
+      <c r="W39" s="1"/>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" s="3">
+        <v>38</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O40" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P40" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>0</v>
+      </c>
+      <c r="S40" s="4">
+        <v>100</v>
+      </c>
+      <c r="T40" s="1"/>
+      <c r="U40" s="1"/>
+      <c r="V40" s="1"/>
+      <c r="W40" s="1"/>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" s="3">
+        <v>39</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N41" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O41" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P41" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>0</v>
+      </c>
+      <c r="R41" s="4">
+        <v>0</v>
+      </c>
+      <c r="S41" s="4">
+        <v>100</v>
+      </c>
+      <c r="T41" s="1"/>
+      <c r="U41" s="1"/>
+      <c r="V41" s="1"/>
+      <c r="W41" s="1"/>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" s="3">
+        <v>40</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H42" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="I42" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J42" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K42" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="L42" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="M42" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N42" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O42" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P42" s="4">
+        <v>0.96</v>
+      </c>
+      <c r="Q42" s="4">
+        <v>0</v>
+      </c>
+      <c r="R42" s="4">
+        <v>0</v>
+      </c>
+      <c r="S42" s="4">
+        <v>100</v>
+      </c>
+      <c r="T42" s="1"/>
+      <c r="U42" s="1"/>
+      <c r="V42" s="1"/>
+      <c r="W42" s="1"/>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B43" s="7"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="14"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="14"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+      <c r="N43" s="8"/>
+      <c r="O43" s="8">
+        <v>209.59</v>
+      </c>
+      <c r="P43" s="8">
+        <v>82.27</v>
+      </c>
+      <c r="Q43" s="8">
+        <v>39.25</v>
+      </c>
+      <c r="R43" s="8"/>
+      <c r="S43" s="8"/>
+      <c r="T43" s="1"/>
+      <c r="U43" s="1"/>
+      <c r="V43" s="1"/>
+      <c r="W43" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A38:N38"/>
+    <mergeCell ref="A43:N43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>