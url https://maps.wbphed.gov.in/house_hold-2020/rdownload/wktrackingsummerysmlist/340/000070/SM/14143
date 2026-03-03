--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1216,54 +1216,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.77</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1275,54 +1275,54 @@
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.26</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>42.49</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1336,54 +1336,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>3.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.82</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.19</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1395,54 +1395,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>2.73</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.34</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>48.83</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1456,54 +1456,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>5.24</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>51.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1515,54 +1515,54 @@
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P8" s="4">
         <v>4.48</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.28</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>50.89</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1574,54 +1574,54 @@
         <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>2.09</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.01</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1633,54 +1633,54 @@
         <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>3.66</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.53</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.37</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1692,54 +1692,54 @@
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>3.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.3</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1751,54 +1751,54 @@
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>4.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.2</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>46.25</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1812,54 +1812,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P13" s="4">
         <v>2.77</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.56</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1873,54 +1873,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>4.72</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>37.93</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1934,54 +1934,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P15" s="4">
         <v>33.8</v>
       </c>
       <c r="Q15" s="4">
-        <v>33.8</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1995,54 +1995,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P16" s="4">
         <v>1.1</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2056,54 +2056,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>0.71</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.26</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2117,54 +2117,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>0.83</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2178,54 +2178,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P19" s="4">
         <v>0.83</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2239,54 +2239,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P20" s="4">
         <v>0.71</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.26</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2300,54 +2300,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P21" s="4">
         <v>0.92</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.73</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2361,54 +2361,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P22" s="4">
         <v>0.66</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.66</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2422,54 +2422,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P23" s="4">
         <v>0.92</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -3049,54 +3049,54 @@
         <v>172</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P34" s="4">
         <v>3.66</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.3</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>93</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3110,54 +3110,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P35" s="4">
         <v>3.66</v>
       </c>
       <c r="Q35" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>90.23</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3169,54 +3169,54 @@
         <v>178</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P36" s="4">
         <v>4.76</v>
       </c>
       <c r="Q36" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>63.85</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3230,54 +3230,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P37" s="4">
         <v>4.81</v>
       </c>
       <c r="Q37" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>53.38</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3569,54 +3569,54 @@
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="7" t="s">
         <v>203</v>
       </c>
       <c r="B43" s="7"/>
       <c r="C43" s="7"/>
       <c r="D43" s="7"/>
       <c r="E43" s="11"/>
       <c r="F43" s="7"/>
       <c r="G43" s="7"/>
       <c r="H43" s="14"/>
       <c r="I43" s="14"/>
       <c r="J43" s="14"/>
       <c r="K43" s="8"/>
       <c r="L43" s="8"/>
       <c r="M43" s="8"/>
       <c r="N43" s="8"/>
       <c r="O43" s="8">
         <v>209.59</v>
       </c>
       <c r="P43" s="8">
-        <v>82.27</v>
+        <v>0</v>
       </c>
       <c r="Q43" s="8">
-        <v>39.25</v>
+        <v>0</v>
       </c>
       <c r="R43" s="8"/>
       <c r="S43" s="8"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A43:N43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>