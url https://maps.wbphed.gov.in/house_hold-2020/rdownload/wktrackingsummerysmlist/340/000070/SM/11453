--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -725,71 +725,50 @@
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>Laying Distribution pipe line and other allied works of Keliathole and Palaskola Water Supply Scheme (Zone-III) at Kashipur Block of Raghunathpur Sub Division under Purulia Division, PHE Dte. (SL-5)</t>
   </si>
   <si>
     <t>ORD/000734/2022-2023</t>
   </si>
   <si>
     <t>1443/PD</t>
   </si>
   <si>
     <t>14/09/2022</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>PREMNATH MITRA</t>
   </si>
   <si>
-    <t>Withdrawing &amp; Laying of 2 Nos 100 mm dia GI Collecting line (1 &amp; 2) at River bed of Damodar with fitting fixing of 40 mm dia GI guard pilling work at Balitora H/W site under Keliathole-Palashkola W/S Scheme of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.</t>
-[...19 lines deleted...]
-  <si>
     <t>Additional estimate for laying of distribution system, mending good damage of road and other allied works under Keliathole Palashkola w/s Scheme (Zone-III) within Raghunathpur Sub Division Under Purulia Division ,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/003976/2023-2024</t>
   </si>
   <si>
     <t>521/PD</t>
   </si>
   <si>
     <t>16/03/2024</t>
   </si>
   <si>
     <t>Laying of Distribution System Parallel pipe line is a rest portion of Part-D including providing House Hold Tap Connection (FHTC) and other allied works for Aug. Kalyathol &amp; Palaskhola Piped Water Supply Scheme within Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000154/2024-2025</t>
   </si>
   <si>
     <t>899/PD</t>
   </si>
   <si>
     <t>02/03/2025</t>
   </si>
   <si>
     <t>Laying Distribution system ,Functional House hold tap Connection including other allied work under Keliathole Palashkola W/S Scheme (Zone-III) within Raghunathpur Sub-Division under Purulia Division PHE Dte</t>
@@ -810,50 +789,89 @@
     <t>Laying Distribution System, installation of Valve, Construction of Valve Chamber and other allied works at Gap Portion under Keliathole Palashkola w/s Scheme (Zone-I) within Raghunathpur Sub-Division Under Purulia Division, PHE Dte</t>
   </si>
   <si>
     <t>ORD/001095/2024-2025</t>
   </si>
   <si>
     <t>2184/PD</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
     <t>Laying Distribution pipe line including providing functional Household Tap Connection (FHTC), Laying Clear water Rising main ,Sinking of 6 (Six) nos. 200 mm dia river bed tubewell (Horizontal) at darekeswar river (Baikara Ghat) alongwith laying of 100 mm dia G.I. collecting line , and other allied works of Keliathole and Palaskola Water Supply Scheme (Zone-II) at Kashipur Block of Raghunathpur Sub Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000641/2022-2023</t>
   </si>
   <si>
     <t>1252/PD</t>
   </si>
   <si>
     <t>30/08/2022</t>
   </si>
   <si>
     <t>PRINCE INDUSTRIES ( INDIA)</t>
+  </si>
+  <si>
+    <t>Supply, Delivery and installation 200 kva voltage stabilizer for Augmentation of Palashkhola Keliyathol w/s scheme for under PMD, PHE Dte. in the District of Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000050/2023-2024</t>
+  </si>
+  <si>
+    <t>519/PMD</t>
+  </si>
+  <si>
+    <t>ALPHA ENTERPRISES</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line and other allied work under Keliathole Palashkola Water Supply Scheme (Zone-III) at Kashipur Block of Raghunathpur Sub Division under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>673/PD</t>
+  </si>
+  <si>
+    <t>17/05/2023</t>
+  </si>
+  <si>
+    <t>Supply &amp; installation of Horizontal Multistage Centrifugal pumping machinery with other allied works for Augmentation at Palashkhola Keliyathol w/s scheme under PMD, PHE Dte. in the District of Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000118/2023-2024</t>
+  </si>
+  <si>
+    <t>646/PMD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>PROGRESSIVE ENGINEERS CO. OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1242,73 +1260,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W50"/>
+  <dimension ref="A1:W52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="54.129639" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -3835,423 +3853,545 @@
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>237</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J44" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K44" s="4" t="s">
         <v>238</v>
       </c>
-      <c r="K44" s="4" t="s">
+      <c r="L44" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="L44" s="4" t="s">
+      <c r="M44" s="4" t="s">
         <v>240</v>
       </c>
-      <c r="M44" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N44" s="4" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="P44" s="4">
-        <v>0.9</v>
+        <v>87.58</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>119</v>
+        <v>165</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>247</v>
+        <v>207</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>236</v>
+        <v>182</v>
       </c>
       <c r="P45" s="4">
-        <v>87.58</v>
+        <v>17.21</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="I46" s="13"/>
+      <c r="J46" s="13"/>
+      <c r="K46" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="L46" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="M46" s="4" t="s">
         <v>248</v>
       </c>
-      <c r="I46" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K46" s="4" t="s">
+      <c r="N46" s="4" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P46" s="4">
-        <v>17.21</v>
+        <v>1.69</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
+        <v>250</v>
+      </c>
+      <c r="I47" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="L47" s="4" t="s">
         <v>252</v>
       </c>
-      <c r="I47" s="13"/>
-[...1 lines deleted...]
-      <c r="K47" s="4" t="s">
+      <c r="M47" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="N47" s="4" t="s">
         <v>253</v>
       </c>
-      <c r="L47" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O47" s="4" t="s">
-        <v>182</v>
+        <v>34</v>
       </c>
       <c r="P47" s="4">
-        <v>1.69</v>
+        <v>19.21</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
       <c r="S47" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K48" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="L48" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="N48" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="O48" s="4" t="s">
         <v>258</v>
       </c>
-      <c r="L48" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P48" s="4">
-        <v>19.21</v>
+        <v>188.52</v>
       </c>
       <c r="Q48" s="4">
-        <v>0</v>
+        <v>124.53</v>
       </c>
       <c r="R48" s="4">
-        <v>0</v>
+        <v>66.06</v>
       </c>
       <c r="S48" s="4">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="I49" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J49" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="L49" s="4" t="s">
         <v>261</v>
       </c>
-      <c r="I49" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K49" s="4" t="s">
+      <c r="M49" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N49" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="O49" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="L49" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P49" s="4">
-        <v>188.52</v>
+        <v>26.97</v>
       </c>
       <c r="Q49" s="4">
-        <v>124.53</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>66.06</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
-      <c r="A50" s="7" t="s">
-[...25 lines deleted...]
-      <c r="S50" s="8"/>
+      <c r="A50" s="3">
+        <v>48</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C50" s="3"/>
+      <c r="D50" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H50" s="13" t="s">
+        <v>263</v>
+      </c>
+      <c r="I50" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="J50" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="K50" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="L50" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="M50" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="N50" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="O50" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="P50" s="4">
+        <v>70.11</v>
+      </c>
+      <c r="Q50" s="4">
+        <v>68</v>
+      </c>
+      <c r="R50" s="4">
+        <v>96.99</v>
+      </c>
+      <c r="S50" s="4">
+        <v>100</v>
+      </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
+    <row r="51" spans="1:23">
+      <c r="A51" s="3">
+        <v>49</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H51" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="I51" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J51" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K51" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="L51" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="M51" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="N51" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="O51" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="P51" s="4">
+        <v>77.49</v>
+      </c>
+      <c r="Q51" s="4">
+        <v>71.85</v>
+      </c>
+      <c r="R51" s="4">
+        <v>92.73</v>
+      </c>
+      <c r="S51" s="4">
+        <v>100</v>
+      </c>
+      <c r="T51" s="1"/>
+      <c r="U51" s="1"/>
+      <c r="V51" s="1"/>
+      <c r="W51" s="1"/>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="11"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="14"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="14"/>
+      <c r="K52" s="8"/>
+      <c r="L52" s="8"/>
+      <c r="M52" s="8"/>
+      <c r="N52" s="8"/>
+      <c r="O52" s="8">
+        <v>2333.21</v>
+      </c>
+      <c r="P52" s="8">
+        <v>1213.9</v>
+      </c>
+      <c r="Q52" s="8">
+        <v>52.03</v>
+      </c>
+      <c r="R52" s="8"/>
+      <c r="S52" s="8"/>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A50:N50"/>
+    <mergeCell ref="A52:N52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>