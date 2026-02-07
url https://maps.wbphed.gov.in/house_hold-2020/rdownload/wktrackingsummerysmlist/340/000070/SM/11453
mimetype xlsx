--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1537,54 +1537,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>4.23</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.93</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.02</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1598,54 +1598,54 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>47.89</v>
       </c>
       <c r="Q6" s="4">
-        <v>39.49</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.47</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1659,54 +1659,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>0.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1777,54 +1777,54 @@
         <v>64</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P9" s="4">
         <v>7.72</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.72</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1895,54 +1895,54 @@
         <v>74</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P11" s="4">
         <v>4.55</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.7</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1954,54 +1954,54 @@
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>4.58</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2013,54 +2013,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>4.46</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.29</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>96.26</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2072,54 +2072,54 @@
         <v>84</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>4.55</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2131,54 +2131,54 @@
         <v>87</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>2.79</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2190,54 +2190,54 @@
         <v>93</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P16" s="4">
         <v>13.16</v>
       </c>
       <c r="Q16" s="4">
-        <v>12.07</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>91.66</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2251,54 +2251,54 @@
       <c r="I17" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>21.61</v>
       </c>
       <c r="Q17" s="4">
-        <v>21.61</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2481,54 +2481,54 @@
       <c r="I21" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>108.08</v>
       </c>
       <c r="Q21" s="4">
-        <v>78.66</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>72.78</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>90</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2542,54 +2542,54 @@
       <c r="I22" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="4">
         <v>67.83</v>
       </c>
       <c r="Q22" s="4">
-        <v>65.38</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>96.38</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2601,54 +2601,54 @@
         <v>131</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="4">
         <v>78.62</v>
       </c>
       <c r="Q23" s="4">
-        <v>72.63</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>92.38</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2662,54 +2662,54 @@
       <c r="I24" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="4">
         <v>129.67</v>
       </c>
       <c r="Q24" s="4">
-        <v>129.4</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>90</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2723,54 +2723,54 @@
       <c r="I25" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P25" s="4">
         <v>9.24</v>
       </c>
       <c r="Q25" s="4">
-        <v>8.8</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>95.16</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2784,54 +2784,54 @@
       <c r="I26" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P26" s="4">
         <v>14.33</v>
       </c>
       <c r="Q26" s="4">
-        <v>12.86</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>89.76</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>70</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2845,54 +2845,54 @@
       <c r="I27" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P27" s="4">
         <v>16.26</v>
       </c>
       <c r="Q27" s="4">
-        <v>16.25</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2906,54 +2906,54 @@
       <c r="I28" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P28" s="4">
         <v>25.62</v>
       </c>
       <c r="Q28" s="4">
-        <v>25.44</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.28</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2967,54 +2967,54 @@
       <c r="I29" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P29" s="4">
         <v>29.59</v>
       </c>
       <c r="Q29" s="4">
-        <v>20.96</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>70.83</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3028,54 +3028,54 @@
       <c r="I30" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P30" s="4">
         <v>4.38</v>
       </c>
       <c r="Q30" s="4">
-        <v>3.68</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>84.09</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3089,54 +3089,54 @@
       <c r="I31" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P31" s="4">
         <v>22.28</v>
       </c>
       <c r="Q31" s="4">
-        <v>5.88</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>26.37</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3211,54 +3211,54 @@
       <c r="I33" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P33" s="4">
         <v>2.54</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.53</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3272,54 +3272,54 @@
       <c r="I34" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>196</v>
       </c>
       <c r="P34" s="4">
         <v>8.58</v>
       </c>
       <c r="Q34" s="4">
-        <v>8.55</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>95</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3333,54 +3333,54 @@
       <c r="I35" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P35" s="4">
         <v>6.26</v>
       </c>
       <c r="Q35" s="4">
-        <v>6.17</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>98.56</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>80</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3394,54 +3394,54 @@
       <c r="I36" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P36" s="4">
         <v>16.16</v>
       </c>
       <c r="Q36" s="4">
-        <v>16.02</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3455,54 +3455,54 @@
       <c r="I37" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>207</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P37" s="4">
         <v>14.23</v>
       </c>
       <c r="Q37" s="4">
-        <v>14.18</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3516,54 +3516,54 @@
       <c r="I38" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P38" s="4">
         <v>33.25</v>
       </c>
       <c r="Q38" s="4">
-        <v>33.2</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>80</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3577,54 +3577,54 @@
       <c r="I39" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>196</v>
       </c>
       <c r="P39" s="4">
         <v>8.13</v>
       </c>
       <c r="Q39" s="4">
-        <v>8.1</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>95</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3752,54 +3752,54 @@
       <c r="I42" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>227</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>228</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>229</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="4">
         <v>121.14</v>
       </c>
       <c r="Q42" s="4">
-        <v>70.07</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>57.84</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>90</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3813,54 +3813,54 @@
       <c r="I43" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>236</v>
       </c>
       <c r="P43" s="4">
         <v>265.46</v>
       </c>
       <c r="Q43" s="4">
-        <v>244.3</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>92.03</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>95</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4114,54 +4114,54 @@
       <c r="I48" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>258</v>
       </c>
       <c r="P48" s="4">
         <v>188.52</v>
       </c>
       <c r="Q48" s="4">
-        <v>124.53</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>66.06</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>70</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4236,54 +4236,54 @@
       <c r="I50" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>236</v>
       </c>
       <c r="P50" s="4">
         <v>70.11</v>
       </c>
       <c r="Q50" s="4">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>96.99</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4297,88 +4297,88 @@
       <c r="I51" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>267</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>268</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>269</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>270</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>271</v>
       </c>
       <c r="P51" s="4">
         <v>77.49</v>
       </c>
       <c r="Q51" s="4">
-        <v>71.85</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>92.73</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="7" t="s">
         <v>272</v>
       </c>
       <c r="B52" s="7"/>
       <c r="C52" s="7"/>
       <c r="D52" s="7"/>
       <c r="E52" s="11"/>
       <c r="F52" s="7"/>
       <c r="G52" s="7"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
       <c r="J52" s="14"/>
       <c r="K52" s="8"/>
       <c r="L52" s="8"/>
       <c r="M52" s="8"/>
       <c r="N52" s="8"/>
       <c r="O52" s="8">
         <v>2333.21</v>
       </c>
       <c r="P52" s="8">
-        <v>1213.9</v>
+        <v>0</v>
       </c>
       <c r="Q52" s="8">
-        <v>52.03</v>
+        <v>0</v>
       </c>
       <c r="R52" s="8"/>
       <c r="S52" s="8"/>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A52:N52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>