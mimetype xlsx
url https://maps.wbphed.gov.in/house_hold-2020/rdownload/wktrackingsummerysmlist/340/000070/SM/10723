--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -2081,54 +2081,54 @@
         <v>54</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P10" s="4">
         <v>46.84</v>
       </c>
       <c r="Q10" s="4">
-        <v>29.95</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>63.93</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2199,54 +2199,54 @@
         <v>65</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P12" s="4">
         <v>111.73</v>
       </c>
       <c r="Q12" s="4">
-        <v>63.2</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>56.57</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>65</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2260,54 +2260,54 @@
       <c r="I13" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P13" s="4">
         <v>36.04</v>
       </c>
       <c r="Q13" s="4">
-        <v>23.35</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>64.81</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2321,54 +2321,54 @@
       <c r="I14" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P14" s="4">
         <v>64.02</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.07</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>37.6</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>35</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2380,54 +2380,54 @@
         <v>84</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P15" s="4">
         <v>15.98</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>17.47</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>25</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2500,54 +2500,54 @@
       <c r="I17" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="4">
         <v>9.1</v>
       </c>
       <c r="Q17" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>35.63</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2559,54 +2559,54 @@
         <v>98</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P18" s="4">
         <v>15.18</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.65</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>37.24</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2620,54 +2620,54 @@
       <c r="I19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>3.6</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>72.2</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>91</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2679,54 +2679,54 @@
         <v>113</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>6.47</v>
       </c>
       <c r="Q20" s="4">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>81.95</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2738,54 +2738,54 @@
         <v>119</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P21" s="4">
         <v>23.05</v>
       </c>
       <c r="Q21" s="4">
-        <v>6.48</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>28.13</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2797,54 +2797,54 @@
         <v>123</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P22" s="4">
         <v>11.39</v>
       </c>
       <c r="Q22" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>24.57</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2858,54 +2858,54 @@
       <c r="I23" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P23" s="4">
         <v>52.23</v>
       </c>
       <c r="Q23" s="4">
-        <v>40.78</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>78.08</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2919,54 +2919,54 @@
       <c r="I24" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P24" s="4">
         <v>81.35</v>
       </c>
       <c r="Q24" s="4">
-        <v>63.02</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>77.46</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2980,54 +2980,54 @@
       <c r="I25" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P25" s="4">
         <v>88.16</v>
       </c>
       <c r="Q25" s="4">
-        <v>85.31</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.77</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3041,54 +3041,54 @@
       <c r="I26" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P26" s="4">
         <v>7.65</v>
       </c>
       <c r="Q26" s="4">
-        <v>7.16</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>93.57</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3102,54 +3102,54 @@
       <c r="I27" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P27" s="4">
         <v>3.1</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>14.94</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3847,54 +3847,54 @@
       <c r="I40" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>198</v>
       </c>
       <c r="P40" s="4">
         <v>23.33</v>
       </c>
       <c r="Q40" s="4">
-        <v>16.44</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>70.48</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>75</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3908,54 +3908,54 @@
       <c r="I41" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P41" s="4">
         <v>46.54</v>
       </c>
       <c r="Q41" s="4">
-        <v>28.11</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>60.41</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>85</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3969,54 +3969,54 @@
       <c r="I42" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P42" s="4">
         <v>82.11</v>
       </c>
       <c r="Q42" s="4">
-        <v>10.56</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>12.86</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>85</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4030,54 +4030,54 @@
       <c r="I43" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P43" s="4">
         <v>44.34</v>
       </c>
       <c r="Q43" s="4">
-        <v>33.64</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>75.87</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>80</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4091,54 +4091,54 @@
       <c r="I44" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P44" s="4">
         <v>74.83</v>
       </c>
       <c r="Q44" s="4">
-        <v>7.67</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>10.25</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>85</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4152,54 +4152,54 @@
       <c r="I45" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>218</v>
       </c>
       <c r="P45" s="4">
         <v>116.02</v>
       </c>
       <c r="Q45" s="4">
-        <v>84.7</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>73.01</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>80</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4213,54 +4213,54 @@
       <c r="I46" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P46" s="4">
         <v>78.43</v>
       </c>
       <c r="Q46" s="4">
-        <v>42.69</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>54.44</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>65</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4274,54 +4274,54 @@
       <c r="I47" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>228</v>
       </c>
       <c r="P47" s="4">
         <v>48.1</v>
       </c>
       <c r="Q47" s="4">
-        <v>6.12</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>12.73</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>60</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4335,54 +4335,54 @@
       <c r="I48" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>230</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>232</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>233</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>234</v>
       </c>
       <c r="P48" s="4">
         <v>31.8</v>
       </c>
       <c r="Q48" s="4">
-        <v>22.72</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>71.45</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>75</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4396,54 +4396,54 @@
       <c r="I49" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>238</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P49" s="4">
         <v>58.54</v>
       </c>
       <c r="Q49" s="4">
-        <v>53.17</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>90.82</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>90</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4457,54 +4457,54 @@
       <c r="I50" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>242</v>
       </c>
       <c r="P50" s="4">
         <v>91.56</v>
       </c>
       <c r="Q50" s="4">
-        <v>44.61</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>48.73</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>70</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4518,54 +4518,54 @@
       <c r="I51" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>244</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>245</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>246</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>247</v>
       </c>
       <c r="P51" s="4">
         <v>56.18</v>
       </c>
       <c r="Q51" s="4">
-        <v>49.32</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>87.78</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4579,54 +4579,54 @@
       <c r="I52" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>249</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>250</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>246</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="4">
         <v>33.35</v>
       </c>
       <c r="Q52" s="4">
-        <v>17.48</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>52.4</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>90</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4640,54 +4640,54 @@
       <c r="I53" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>254</v>
       </c>
       <c r="P53" s="4">
         <v>21.95</v>
       </c>
       <c r="Q53" s="4">
-        <v>21.89</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>100</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4701,54 +4701,54 @@
       <c r="I54" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>256</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>257</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>258</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>259</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P54" s="4">
         <v>161.06</v>
       </c>
       <c r="Q54" s="4">
-        <v>97.61</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>60.6</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4762,54 +4762,54 @@
       <c r="I55" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="4">
         <v>2.71</v>
       </c>
       <c r="Q55" s="4">
-        <v>1.87</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>69.02</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>90</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4823,54 +4823,54 @@
       <c r="I56" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>267</v>
       </c>
       <c r="P56" s="4">
         <v>14.97</v>
       </c>
       <c r="Q56" s="4">
-        <v>14.91</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4884,54 +4884,54 @@
       <c r="I57" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>271</v>
       </c>
       <c r="P57" s="4">
         <v>28.73</v>
       </c>
       <c r="Q57" s="4">
-        <v>27.57</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>95.95</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -4945,54 +4945,54 @@
       <c r="I58" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>275</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P58" s="4">
         <v>10.39</v>
       </c>
       <c r="Q58" s="4">
-        <v>7.98</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>76.74</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>60</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5006,54 +5006,54 @@
       <c r="I59" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>280</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>281</v>
       </c>
       <c r="P59" s="4">
         <v>8.18</v>
       </c>
       <c r="Q59" s="4">
-        <v>8.15</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>70</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5067,54 +5067,54 @@
       <c r="I60" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>283</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>284</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>285</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>286</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P60" s="4">
         <v>79.96</v>
       </c>
       <c r="Q60" s="4">
-        <v>79.78</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>100</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5128,54 +5128,54 @@
       <c r="I61" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>290</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>291</v>
       </c>
       <c r="P61" s="4">
         <v>9.62</v>
       </c>
       <c r="Q61" s="4">
-        <v>7.17</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>74.54</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>100</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5189,54 +5189,54 @@
       <c r="I62" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>293</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>294</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>295</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>296</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>297</v>
       </c>
       <c r="P62" s="4">
         <v>30.33</v>
       </c>
       <c r="Q62" s="4">
-        <v>29.07</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>95.84</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>10</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5250,54 +5250,54 @@
       <c r="I63" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>299</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>300</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P63" s="4">
         <v>10.03</v>
       </c>
       <c r="Q63" s="4">
-        <v>8.14</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>81.12</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>100</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5311,54 +5311,54 @@
       <c r="I64" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>305</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>306</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>295</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>296</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>307</v>
       </c>
       <c r="P64" s="4">
         <v>84.69</v>
       </c>
       <c r="Q64" s="4">
-        <v>84.37</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>100</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5372,54 +5372,54 @@
       <c r="I65" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>309</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>310</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>311</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>312</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P65" s="4">
         <v>5.15</v>
       </c>
       <c r="Q65" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>104</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5661,54 +5661,54 @@
       <c r="I70" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>331</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>332</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>333</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>303</v>
       </c>
       <c r="P70" s="4">
         <v>40.45</v>
       </c>
       <c r="Q70" s="4">
-        <v>23.36</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>57.76</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>90</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5722,54 +5722,54 @@
       <c r="I71" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>335</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>336</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>337</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>276</v>
       </c>
       <c r="P71" s="4">
         <v>64.93</v>
       </c>
       <c r="Q71" s="4">
-        <v>53.7</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>82.7</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>92</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5783,54 +5783,54 @@
       <c r="I72" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>339</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>340</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>341</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>342</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P72" s="4">
         <v>95.31</v>
       </c>
       <c r="Q72" s="4">
-        <v>87.13</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>91.43</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>80</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5844,54 +5844,54 @@
       <c r="I73" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>344</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>345</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>341</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>342</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P73" s="4">
         <v>87.21</v>
       </c>
       <c r="Q73" s="4">
-        <v>62.91</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>72.14</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>70</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6027,88 +6027,88 @@
       <c r="I76" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>355</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>356</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>357</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>358</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>297</v>
       </c>
       <c r="P76" s="4">
         <v>11.46</v>
       </c>
       <c r="Q76" s="4">
-        <v>8.99</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>78.46</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>100</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="7" t="s">
         <v>359</v>
       </c>
       <c r="B77" s="7"/>
       <c r="C77" s="7"/>
       <c r="D77" s="7"/>
       <c r="E77" s="11"/>
       <c r="F77" s="7"/>
       <c r="G77" s="7"/>
       <c r="H77" s="14"/>
       <c r="I77" s="14"/>
       <c r="J77" s="14"/>
       <c r="K77" s="8"/>
       <c r="L77" s="8"/>
       <c r="M77" s="8"/>
       <c r="N77" s="8"/>
       <c r="O77" s="8">
         <v>3135.76</v>
       </c>
       <c r="P77" s="8">
-        <v>1413.18</v>
+        <v>0</v>
       </c>
       <c r="Q77" s="8">
-        <v>45.07</v>
+        <v>0</v>
       </c>
       <c r="R77" s="8"/>
       <c r="S77" s="8"/>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A77:N77"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>