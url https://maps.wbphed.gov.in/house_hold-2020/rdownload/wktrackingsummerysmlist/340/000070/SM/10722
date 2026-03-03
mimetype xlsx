--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1622,54 +1622,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>35.11</v>
       </c>
       <c r="Q3" s="4">
-        <v>16.01</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>45.59</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>50</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1740,54 +1740,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>10.71</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.64</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>90.01</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1801,113 +1801,115 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>80.51</v>
       </c>
       <c r="Q6" s="4">
-        <v>25.67</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>31.89</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>32</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>43</v>
+      </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P7" s="4">
         <v>13.51</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.41</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>25.27</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1921,54 +1923,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>43.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>10.95</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1982,54 +1984,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>0.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.86</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2100,54 +2102,54 @@
         <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>2.79</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.86</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2161,54 +2163,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>5.01</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>90.39</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>95</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2222,54 +2224,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>4.11</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.02</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.78</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2283,54 +2285,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P14" s="4">
         <v>4.18</v>
       </c>
       <c r="Q14" s="4">
-        <v>3.34</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>79.97</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2686,54 +2688,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P21" s="4">
         <v>71.27</v>
       </c>
       <c r="Q21" s="4">
-        <v>48.07</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>67.45</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>70</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2747,54 +2749,54 @@
       <c r="I22" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P22" s="4">
         <v>21.6</v>
       </c>
       <c r="Q22" s="4">
-        <v>20.03</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>92.71</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>93</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2808,54 +2810,54 @@
       <c r="I23" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>1.21</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>70.16</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>60</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2869,54 +2871,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P24" s="4">
         <v>229.29</v>
       </c>
       <c r="Q24" s="4">
-        <v>176.17</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>76.83</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>92</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2930,54 +2932,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P25" s="4">
         <v>88.75</v>
       </c>
       <c r="Q25" s="4">
-        <v>19.71</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>22.21</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -3052,54 +3054,54 @@
       <c r="I27" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P27" s="4">
         <v>10.83</v>
       </c>
       <c r="Q27" s="4">
-        <v>6.09</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>56.24</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>56</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3113,54 +3115,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P28" s="4">
         <v>61.3</v>
       </c>
       <c r="Q28" s="4">
-        <v>31.85</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>51.96</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>75</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3290,54 +3292,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P31" s="4">
         <v>16.44</v>
       </c>
       <c r="Q31" s="4">
-        <v>16.37</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3351,54 +3353,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P32" s="4">
         <v>5.38</v>
       </c>
       <c r="Q32" s="4">
-        <v>4.11</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>76.43</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3412,54 +3414,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P33" s="4">
         <v>14.06</v>
       </c>
       <c r="Q33" s="4">
-        <v>13.37</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>95.12</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3473,54 +3475,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P34" s="4">
         <v>23.24</v>
       </c>
       <c r="Q34" s="4">
-        <v>18.58</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>79.95</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3534,54 +3536,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P35" s="4">
         <v>18.79</v>
       </c>
       <c r="Q35" s="4">
-        <v>18.75</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3595,54 +3597,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P36" s="4">
         <v>2.79</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>28.79</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3656,54 +3658,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P37" s="4">
         <v>2.79</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>33.54</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3717,54 +3719,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>205</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P38" s="4">
         <v>2.79</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>32.64</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3778,54 +3780,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>207</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P39" s="4">
         <v>2.79</v>
       </c>
       <c r="Q39" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>37.29</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3900,54 +3902,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P41" s="4">
         <v>2.79</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.26</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>45.28</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3961,54 +3963,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P42" s="4">
         <v>10.38</v>
       </c>
       <c r="Q42" s="4">
-        <v>10.35</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4022,54 +4024,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>229</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P43" s="4">
         <v>10.91</v>
       </c>
       <c r="Q43" s="4">
-        <v>10.85</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.47</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4083,54 +4085,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P44" s="4">
         <v>23.01</v>
       </c>
       <c r="Q44" s="4">
-        <v>12.64</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>54.92</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4144,54 +4146,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P45" s="4">
         <v>2.79</v>
       </c>
       <c r="Q45" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>35.23</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4205,54 +4207,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>244</v>
       </c>
       <c r="P46" s="4">
         <v>2.55</v>
       </c>
       <c r="Q46" s="4">
-        <v>2.54</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4266,54 +4268,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P47" s="4">
         <v>6.32</v>
       </c>
       <c r="Q47" s="4">
-        <v>6.03</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>95.47</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4327,54 +4329,54 @@
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>195</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>251</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>252</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>253</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>254</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>255</v>
       </c>
       <c r="P48" s="4">
         <v>84.88</v>
       </c>
       <c r="Q48" s="4">
-        <v>22.46</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>26.46</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4388,54 +4390,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>257</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>258</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>165</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>259</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>244</v>
       </c>
       <c r="P49" s="4">
         <v>3.24</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4510,54 +4512,54 @@
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>266</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>267</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>242</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>243</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P51" s="4">
         <v>4.13</v>
       </c>
       <c r="Q51" s="4">
-        <v>3.68</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>88.94</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4571,54 +4573,54 @@
       <c r="I52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>271</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>272</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P52" s="4">
         <v>18.14</v>
       </c>
       <c r="Q52" s="4">
-        <v>9.67</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>53.3</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4746,54 +4748,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>284</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>285</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P55" s="4">
         <v>201.33</v>
       </c>
       <c r="Q55" s="4">
-        <v>74.27</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>36.89</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>100</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4807,54 +4809,54 @@
       <c r="I56" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>290</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>291</v>
       </c>
       <c r="P56" s="4">
         <v>58.94</v>
       </c>
       <c r="Q56" s="4">
-        <v>38.28</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>64.96</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>35</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4929,54 +4931,54 @@
       <c r="I58" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>298</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>299</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>300</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P58" s="4">
         <v>70.91</v>
       </c>
       <c r="Q58" s="4">
-        <v>47.39</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>66.84</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>66</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -4990,54 +4992,54 @@
       <c r="I59" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>302</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>303</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>304</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>305</v>
       </c>
       <c r="P59" s="4">
         <v>36.21</v>
       </c>
       <c r="Q59" s="4">
-        <v>24.69</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>68.18</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>30</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5295,54 +5297,54 @@
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>326</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>327</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>285</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P64" s="4">
         <v>72.66</v>
       </c>
       <c r="Q64" s="4">
-        <v>38.29</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>52.69</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>55</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5356,54 +5358,54 @@
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>329</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>330</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>331</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>332</v>
       </c>
       <c r="P65" s="4">
         <v>56.74</v>
       </c>
       <c r="Q65" s="4">
-        <v>51.99</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>91.63</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5417,54 +5419,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>334</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>335</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>233</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P66" s="4">
         <v>33.08</v>
       </c>
       <c r="Q66" s="4">
-        <v>26.17</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>79.13</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>96</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5478,88 +5480,88 @@
       <c r="I67" s="13" t="s">
         <v>118</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>337</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>338</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P67" s="4">
         <v>10.76</v>
       </c>
       <c r="Q67" s="4">
-        <v>10.51</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>97.67</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>96</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="7" t="s">
         <v>339</v>
       </c>
       <c r="B68" s="7"/>
       <c r="C68" s="7"/>
       <c r="D68" s="7"/>
       <c r="E68" s="11"/>
       <c r="F68" s="7"/>
       <c r="G68" s="7"/>
       <c r="H68" s="14"/>
       <c r="I68" s="14"/>
       <c r="J68" s="14"/>
       <c r="K68" s="8"/>
       <c r="L68" s="8"/>
       <c r="M68" s="8"/>
       <c r="N68" s="8"/>
       <c r="O68" s="8">
         <v>2156.4</v>
       </c>
       <c r="P68" s="8">
-        <v>846.92</v>
+        <v>0</v>
       </c>
       <c r="Q68" s="8">
-        <v>39.27</v>
+        <v>0</v>
       </c>
       <c r="R68" s="8"/>
       <c r="S68" s="8"/>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A68:N68"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>