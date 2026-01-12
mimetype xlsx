--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -365,143 +365,128 @@
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>19/09/2024</t>
   </si>
   <si>
     <t>BISWAJIT MAJI</t>
   </si>
   <si>
     <t>Supply and installation of valves, pipes &amp; Misc. works for Pump house of Sarbori w/s scheme under PMD, PHE Dte. in the District Purulia.</t>
   </si>
   <si>
     <t>ORD/000594/2024-2025</t>
   </si>
   <si>
     <t>1452/PMD</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
-    <t>Supply and installation of automatically controlled diaphragm type Chlorinator dosing pump with Piping &amp; structural works in connection with Disinfection arrangement System &amp; Miscellaneous works at Pump House under Sarbori W/S Scheme, Purulia Mechanical Division, P.H.E Dte.</t>
-[...11 lines deleted...]
-    <t>13/01/2025</t>
+    <t>Supplying, laying different dia HDPE pipe including Functional House Hold Tap Connection (FHTC) for Distribution System (Zone-II) of Sarbari W/S Scheme under Raghunathpur Sub-Division under Purulia Division, PHE Dte. (Mouza-Neturia, Pathardiha, Kuthibari, Nawada)</t>
+  </si>
+  <si>
+    <t>ORD/000365/2022-2023</t>
+  </si>
+  <si>
+    <t>868/PD</t>
+  </si>
+  <si>
+    <t>22/07/2022</t>
+  </si>
+  <si>
+    <t>Construction and Commissioning of RCC Over Head Reservoir (Intze type with solid raft) of capacity 400 cum and staging height 20 mtr. with including supply of all labour &amp; materials for Sarbari W/S Scheme within Raghunathpur Sub-Division of Purulia Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000922/2022-2023</t>
+  </si>
+  <si>
+    <t>1889/PD</t>
+  </si>
+  <si>
+    <t>15/12/2022</t>
+  </si>
+  <si>
+    <t>11/09/2023</t>
+  </si>
+  <si>
+    <t>MD AAMIR KHAN</t>
+  </si>
+  <si>
+    <t>Supply, delivery and installation of Centrifugal pumping machineries, MCC Panel, Flowmeter with others allied works for Augmentation at SARBARI PHASE-1 w/s scheme under PMD, PHE, Dte. in the District of Purulia</t>
+  </si>
+  <si>
+    <t>ORD/000309/2022-2023</t>
+  </si>
+  <si>
+    <t>97/PMD</t>
+  </si>
+  <si>
+    <t>03/02/2023</t>
+  </si>
+  <si>
+    <t>04/04/2023</t>
+  </si>
+  <si>
+    <t>GOENKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply delivery installation of 1kg/hr gaseous chlorination system at Augmentation of Sarbari Water Supply scheme Neturia Block under PMD PHE Dte. District Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000292/2022-2023</t>
+  </si>
+  <si>
+    <t>84/PMD</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>02/04/2023</t>
+  </si>
+  <si>
+    <t>GHOSE ENGINEERING SYNDICATE</t>
+  </si>
+  <si>
+    <t>Supply delivery and fitting fixing of the luminaries external and internal lighting with others allied works for Augmentation at SARBARI (Phase-1) w/s scheme under PMD, PHE Dte. in the District of Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000116/2023-2024</t>
+  </si>
+  <si>
+    <t>644/PMD</t>
   </si>
   <si>
     <t>AVISHEK ENTERPRISE</t>
   </si>
   <si>
-    <t>Supplying, laying different dia HDPE pipe including Functional House Hold Tap Connection (FHTC) for Distribution System (Zone-II) of Sarbari W/S Scheme under Raghunathpur Sub-Division under Purulia Division, PHE Dte. (Mouza-Neturia, Pathardiha, Kuthibari, Nawada)</t>
-[...73 lines deleted...]
-  <si>
     <t>Supply and installation of 2 MT Capacity single girder H.O.T Crane with gantry girder and square rail for Sarbori Phase-2 Water Supply Scheme.</t>
   </si>
   <si>
     <t>ORD/000202/2023-2024</t>
   </si>
   <si>
     <t>1192/PMD</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>P K ENGINEERING</t>
   </si>
   <si>
     <t>Supply and installation of 2 MT Capacity single girder H.O.T Crane with gantry girder and square rail for Sarbori Phase-1 Water Supply Scheme.</t>
   </si>
   <si>
     <t>ORD/000201/2023-2024</t>
   </si>
   <si>
     <t>1191/PMD</t>
   </si>
   <si>
     <t>SEN BROTHERS</t>
@@ -578,51 +563,51 @@
   <si>
     <t>Withdrawing &amp; Laying of 2 Nos 100 mm dia GI Collecting line (1 &amp; 2) at River bed of Damodar with fitting fixing of 40 mm dia GI guard pilling work under Sarbari W/S Scheme of Raghunathpur Sub-Division under Purulia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001121/2024-2025</t>
   </si>
   <si>
     <t>607/RNP</t>
   </si>
   <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>Construction of RCC Clear water reservoir (CWR) of capacity 100 Cum with other allied works at Boosting Station under Sarbari W/S Scheme (Phase-II) of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/003982/2023-2024</t>
   </si>
   <si>
     <t>528/PD</t>
   </si>
   <si>
-    <t>01/01/2026</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>Supplying, laying different dia HDPE and DI pipe including Functional House Hold Tap Connection (FHTC) for Distribution System (Zone-I) of Sarbari W/S Scheme under Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000411/2022-2023</t>
   </si>
   <si>
     <t>984/PD</t>
   </si>
   <si>
     <t>16/07/2025</t>
   </si>
   <si>
     <t>JAYANTA KUMAR MONDAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1026,51 +1011,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W37"/>
+  <dimension ref="A1:W36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2212,1049 +2197,988 @@
         <v>1.73</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="J21" s="13" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="N21" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O21" s="4" t="s">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="P21" s="4">
-        <v>4.83</v>
+        <v>72.9</v>
       </c>
       <c r="Q21" s="4">
-        <v>0</v>
+        <v>70.58</v>
       </c>
       <c r="R21" s="4">
-        <v>0</v>
+        <v>96.81</v>
       </c>
       <c r="S21" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K22" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="L22" s="4" t="s">
+      <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="M22" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N22" s="4" t="s">
+      <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="O22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P22" s="4">
-        <v>72.9</v>
+        <v>131.92</v>
       </c>
       <c r="Q22" s="4">
-        <v>70.58</v>
+        <v>104.13</v>
       </c>
       <c r="R22" s="4">
-        <v>96.81</v>
+        <v>78.93</v>
       </c>
       <c r="S22" s="4">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="I23" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
-        <v>131.92</v>
+        <v>49.77</v>
       </c>
       <c r="Q23" s="4">
-        <v>104.13</v>
+        <v>49.33</v>
       </c>
       <c r="R23" s="4">
-        <v>78.93</v>
+        <v>99.11</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="I24" s="13"/>
+      <c r="I24" s="13" t="s">
+        <v>50</v>
+      </c>
       <c r="J24" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
-        <v>49.77</v>
+        <v>21.61</v>
       </c>
       <c r="Q24" s="4">
-        <v>49.33</v>
+        <v>21.61</v>
       </c>
       <c r="R24" s="4">
-        <v>99.11</v>
+        <v>100</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>139</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
-      <c r="N25" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P25" s="4">
-        <v>21.61</v>
+        <v>6.27</v>
       </c>
       <c r="Q25" s="4">
-        <v>21.61</v>
+        <v>6.27</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>99.91</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K26" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="N26" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="L26" s="4" t="s">
+      <c r="O26" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="M26" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P26" s="4">
-        <v>6.27</v>
+        <v>11.49</v>
       </c>
       <c r="Q26" s="4">
-        <v>6.27</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
         <v>148</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N27" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="O27" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="O27" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="4">
-        <v>11.49</v>
+        <v>9.71</v>
       </c>
       <c r="Q27" s="4">
-        <v>0</v>
+        <v>9.28</v>
       </c>
       <c r="R27" s="4">
-        <v>0</v>
+        <v>95.57</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J28" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="I28" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K28" s="4" t="s">
+      <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="L28" s="4" t="s">
+      <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="M28" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N28" s="4" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>156</v>
+        <v>61</v>
       </c>
       <c r="P28" s="4">
-        <v>9.71</v>
+        <v>4.75</v>
       </c>
       <c r="Q28" s="4">
-        <v>9.28</v>
+        <v>3.32</v>
       </c>
       <c r="R28" s="4">
-        <v>95.57</v>
+        <v>69.99</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>157</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N29" s="4" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P29" s="4">
-        <v>4.75</v>
+        <v>9.36</v>
       </c>
       <c r="Q29" s="4">
-        <v>3.32</v>
+        <v>8.85</v>
       </c>
       <c r="R29" s="4">
-        <v>69.99</v>
+        <v>94.59</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K30" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="L30" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="L30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N30" s="4" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P30" s="4">
-        <v>9.36</v>
+        <v>15.1</v>
       </c>
       <c r="Q30" s="4">
-        <v>8.85</v>
+        <v>12.46</v>
       </c>
       <c r="R30" s="4">
-        <v>94.59</v>
+        <v>82.55</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J31" s="13" t="s">
-        <v>35</v>
+        <v>165</v>
       </c>
       <c r="K31" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="L31" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="M31" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N31" s="4" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="P31" s="4">
-        <v>15.1</v>
+        <v>7.1</v>
       </c>
       <c r="Q31" s="4">
-        <v>12.46</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>82.55</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>169</v>
-[...4 lines deleted...]
-      <c r="J32" s="13" t="s">
         <v>170</v>
       </c>
+      <c r="I32" s="13"/>
+      <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N32" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="O32" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="O32" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P32" s="4">
-        <v>7.1</v>
+        <v>2.36</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>175</v>
       </c>
-      <c r="I33" s="13"/>
-      <c r="J33" s="13"/>
+      <c r="I33" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J33" s="13" t="s">
+        <v>165</v>
+      </c>
       <c r="K33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>179</v>
+        <v>61</v>
       </c>
       <c r="P33" s="4">
-        <v>2.36</v>
+        <v>0.92</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>180</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J34" s="13" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M34" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N34" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="N34" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O34" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="P34" s="4">
-        <v>0.92</v>
+        <v>18.35</v>
       </c>
       <c r="Q34" s="4">
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <v>0</v>
       </c>
       <c r="S34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J35" s="13" t="s">
-        <v>170</v>
+        <v>35</v>
       </c>
       <c r="K35" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="L35" s="4" t="s">
+      <c r="M35" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="N35" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="M35" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N35" s="4" t="s">
+      <c r="O35" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="O35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="4">
-        <v>18.35</v>
+        <v>356.05</v>
       </c>
       <c r="Q35" s="4">
-        <v>0</v>
+        <v>331.96</v>
       </c>
       <c r="R35" s="4">
-        <v>0</v>
+        <v>93.23</v>
       </c>
       <c r="S35" s="4">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
-      <c r="A36" s="3">
-[...18 lines deleted...]
-      <c r="H36" s="13" t="s">
+      <c r="A36" s="7" t="s">
         <v>189</v>
       </c>
-      <c r="I36" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="7"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="7"/>
+      <c r="H36" s="14"/>
+      <c r="I36" s="14"/>
+      <c r="J36" s="14"/>
+      <c r="K36" s="8"/>
+      <c r="L36" s="8"/>
+      <c r="M36" s="8"/>
+      <c r="N36" s="8"/>
+      <c r="O36" s="8">
+        <v>1101.4</v>
+      </c>
+      <c r="P36" s="8">
+        <v>685.4</v>
+      </c>
+      <c r="Q36" s="8">
+        <v>62.23</v>
+      </c>
+      <c r="R36" s="8"/>
+      <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
-    <row r="37" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A37:N37"/>
+    <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>