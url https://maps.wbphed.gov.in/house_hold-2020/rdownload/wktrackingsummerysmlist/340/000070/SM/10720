--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1288,54 +1288,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>0.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.31</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1347,54 +1347,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>4.4</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.68</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1467,54 +1467,54 @@
         <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>7.79</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.13</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>27.41</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>95</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1526,54 +1526,54 @@
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>7.79</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>86.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1587,54 +1587,54 @@
       <c r="I10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>15.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>13.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>87.01</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1646,54 +1646,54 @@
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>1.4</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1707,54 +1707,54 @@
       <c r="I12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P12" s="4">
         <v>10.66</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.44</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.94</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1768,54 +1768,54 @@
       <c r="I13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P13" s="4">
         <v>5.56</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.55</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2057,54 +2057,54 @@
       <c r="I18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P18" s="4">
         <v>30.86</v>
       </c>
       <c r="Q18" s="4">
-        <v>22.81</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>73.9</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2236,54 +2236,54 @@
       <c r="I21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P21" s="4">
         <v>72.9</v>
       </c>
       <c r="Q21" s="4">
-        <v>70.58</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>96.81</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>75</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2297,54 +2297,54 @@
       <c r="I22" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>131.92</v>
       </c>
       <c r="Q22" s="4">
-        <v>104.13</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>78.93</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2356,54 +2356,54 @@
         <v>127</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>49.77</v>
       </c>
       <c r="Q23" s="4">
-        <v>49.33</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.11</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2417,54 +2417,54 @@
       <c r="I24" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
         <v>21.61</v>
       </c>
       <c r="Q24" s="4">
-        <v>21.61</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2478,54 +2478,54 @@
       <c r="I25" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="4">
         <v>6.27</v>
       </c>
       <c r="Q25" s="4">
-        <v>6.27</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2600,54 +2600,54 @@
       <c r="I27" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P27" s="4">
         <v>9.71</v>
       </c>
       <c r="Q27" s="4">
-        <v>9.28</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>95.57</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2661,54 +2661,54 @@
       <c r="I28" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P28" s="4">
         <v>4.75</v>
       </c>
       <c r="Q28" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>69.99</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2722,54 +2722,54 @@
       <c r="I29" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P29" s="4">
         <v>9.36</v>
       </c>
       <c r="Q29" s="4">
-        <v>8.85</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>94.59</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2783,54 +2783,54 @@
       <c r="I30" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P30" s="4">
         <v>15.1</v>
       </c>
       <c r="Q30" s="4">
-        <v>12.46</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>82.55</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3084,88 +3084,88 @@
       <c r="I35" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P35" s="4">
         <v>356.05</v>
       </c>
       <c r="Q35" s="4">
-        <v>331.96</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>93.23</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>85</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>189</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>1101.4</v>
       </c>
       <c r="P36" s="8">
-        <v>685.4</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>62.23</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>