--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -591,50 +591,65 @@
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation and extention of distribution pipe line for Augmentation of (Zone-II) Manbazar W/S Scheme of Purulia Sadar Sub_Division under Purulia Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000319/2022-2023</t>
   </si>
   <si>
     <t>869/PD</t>
   </si>
   <si>
     <t>31/01/2024</t>
   </si>
   <si>
     <t>ZAKIR HOSSIN MONDAL</t>
   </si>
   <si>
     <t>Construction of RCC clear water reservoir (CWR) of capacity 100 Cum with other allied works of Manbazar W/S Scheme (Zone-II) of Purulia Sadar Sub_Division under Purulia Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000324/2022-2023</t>
   </si>
   <si>
     <t>857/PD</t>
   </si>
   <si>
     <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>Repairing and Renovation of high &amp; low lift pump house including other allied works at Harekristapur river site in connection with Jal Jeevan Mission (JJM) for Augmentation of Manbazar W/S Scheme of Purulia Sadar Sub_Division under Purulia Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000041/2023-2024</t>
+  </si>
+  <si>
+    <t>658/PD</t>
+  </si>
+  <si>
+    <t>01/07/2023</t>
+  </si>
+  <si>
+    <t>INDRAJIT SARKAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1023,51 +1038,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W36"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3110,87 +3125,148 @@
       </c>
       <c r="N35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P35" s="4">
         <v>14.06</v>
       </c>
       <c r="Q35" s="4">
         <v>10.62</v>
       </c>
       <c r="R35" s="4">
         <v>75.5</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
-      <c r="A36" s="7" t="s">
+      <c r="A36" s="3">
+        <v>34</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="3"/>
+      <c r="D36" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="B36" s="7"/>
-[...22 lines deleted...]
-      <c r="S36" s="8"/>
+      <c r="I36" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J36" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="N36" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="O36" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="P36" s="4">
+        <v>4.4</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>4.27</v>
+      </c>
+      <c r="R36" s="4">
+        <v>97.02</v>
+      </c>
+      <c r="S36" s="4">
+        <v>97</v>
+      </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
+    <row r="37" spans="1:23">
+      <c r="A37" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="11"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="7"/>
+      <c r="H37" s="14"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="14"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="8"/>
+      <c r="N37" s="8"/>
+      <c r="O37" s="8">
+        <v>1661.83</v>
+      </c>
+      <c r="P37" s="8">
+        <v>620.63</v>
+      </c>
+      <c r="Q37" s="8">
+        <v>37.35</v>
+      </c>
+      <c r="R37" s="8"/>
+      <c r="S37" s="8"/>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A36:N36"/>
+    <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>