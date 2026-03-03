--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1256,54 +1256,54 @@
         <v>30</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>28.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.75</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>51.5</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1317,54 +1317,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>148.87</v>
       </c>
       <c r="Q5" s="4">
-        <v>105.73</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>71.02</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>72</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1378,54 +1378,54 @@
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>25.51</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.26</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>36.3</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>80</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1437,54 +1437,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>13.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>12.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>93.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>98</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1498,54 +1498,54 @@
       <c r="I8" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P8" s="4">
         <v>11.23</v>
       </c>
       <c r="Q8" s="4">
-        <v>10.03</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.27</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1618,54 +1618,54 @@
       <c r="I10" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>4.4</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.99</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>90.53</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>91</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2078,54 +2078,54 @@
       <c r="I18" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P18" s="4">
         <v>128.82</v>
       </c>
       <c r="Q18" s="4">
-        <v>71.83</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>55.76</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>90</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2139,54 +2139,54 @@
       <c r="I19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P19" s="4">
         <v>12.08</v>
       </c>
       <c r="Q19" s="4">
-        <v>11.18</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>92.56</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2200,54 +2200,54 @@
       <c r="I20" s="13" t="s">
         <v>114</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="4">
         <v>48.12</v>
       </c>
       <c r="Q20" s="4">
-        <v>40.92</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>85.04</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>57</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2261,54 +2261,54 @@
       <c r="I21" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P21" s="4">
         <v>15.28</v>
       </c>
       <c r="Q21" s="4">
-        <v>3.42</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>22.36</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>75</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2383,54 +2383,54 @@
       <c r="I23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P23" s="4">
         <v>43.61</v>
       </c>
       <c r="Q23" s="4">
-        <v>30.37</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>69.64</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2444,54 +2444,54 @@
       <c r="I24" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>135</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="4">
         <v>21.29</v>
       </c>
       <c r="Q24" s="4">
-        <v>19.32</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>90.76</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2505,54 +2505,54 @@
       <c r="I25" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P25" s="4">
         <v>2.19</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>48.66</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2566,54 +2566,54 @@
       <c r="I26" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P26" s="4">
         <v>6.54</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>54.31</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2684,54 +2684,54 @@
       <c r="I28" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P28" s="4">
         <v>43.62</v>
       </c>
       <c r="Q28" s="4">
-        <v>18.63</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>42.7</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>90</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2745,54 +2745,54 @@
       <c r="I29" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P29" s="4">
         <v>122.46</v>
       </c>
       <c r="Q29" s="4">
-        <v>54.97</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>44.89</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>65</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2806,54 +2806,54 @@
       <c r="I30" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P30" s="4">
         <v>123.8</v>
       </c>
       <c r="Q30" s="4">
-        <v>61.16</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>49.4</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>64</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2867,54 +2867,54 @@
       <c r="I31" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P31" s="4">
         <v>18.25</v>
       </c>
       <c r="Q31" s="4">
-        <v>16.64</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>91.18</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>59</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2928,54 +2928,54 @@
       <c r="I32" s="13" t="s">
         <v>106</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>107</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P32" s="4">
         <v>69.09</v>
       </c>
       <c r="Q32" s="4">
-        <v>49.26</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>71.3</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>65</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2989,54 +2989,54 @@
       <c r="I33" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>183</v>
       </c>
       <c r="P33" s="4">
         <v>14.05</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>20.38</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>70</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3050,54 +3050,54 @@
       <c r="I34" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P34" s="4">
         <v>86.39</v>
       </c>
       <c r="Q34" s="4">
-        <v>63.88</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>73.95</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3111,54 +3111,54 @@
       <c r="I35" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P35" s="4">
         <v>14.06</v>
       </c>
       <c r="Q35" s="4">
-        <v>10.62</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>75.5</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3172,88 +3172,88 @@
       <c r="I36" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="P36" s="4">
         <v>4.4</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.27</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>97.02</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>97</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>198</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>1661.83</v>
       </c>
       <c r="P37" s="8">
-        <v>620.63</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>37.35</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>