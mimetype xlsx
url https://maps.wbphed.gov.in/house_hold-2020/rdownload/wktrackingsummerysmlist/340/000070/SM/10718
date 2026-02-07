--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1514,54 +1514,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>66.12</v>
       </c>
       <c r="Q6" s="4">
-        <v>66.11</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1575,54 +1575,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>4.04</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.83</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>70.09</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1693,54 +1693,54 @@
         <v>58</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>1.4</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1752,54 +1752,54 @@
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>25.24</v>
       </c>
       <c r="Q10" s="4">
-        <v>23.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>91.58</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1811,54 +1811,54 @@
         <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P11" s="4">
         <v>444.92</v>
       </c>
       <c r="Q11" s="4">
-        <v>322.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>72.58</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>95</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1870,54 +1870,54 @@
         <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>14.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>11.22</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>75.7</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1931,54 +1931,54 @@
       <c r="I13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P13" s="4">
         <v>95.82</v>
       </c>
       <c r="Q13" s="4">
-        <v>91.19</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>95.17</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2741,54 +2741,54 @@
       <c r="I27" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P27" s="4">
         <v>109.03</v>
       </c>
       <c r="Q27" s="4">
-        <v>40.29</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>36.96</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>92</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2802,54 +2802,54 @@
       <c r="I28" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P28" s="4">
         <v>151.46</v>
       </c>
       <c r="Q28" s="4">
-        <v>147.3</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>97.25</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2863,54 +2863,54 @@
       <c r="I29" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P29" s="4">
         <v>38.38</v>
       </c>
       <c r="Q29" s="4">
-        <v>35.46</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>92.41</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>25</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2924,54 +2924,54 @@
       <c r="I30" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P30" s="4">
         <v>15.06</v>
       </c>
       <c r="Q30" s="4">
-        <v>9.65</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>64.06</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2985,54 +2985,54 @@
       <c r="I31" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P31" s="4">
         <v>21.63</v>
       </c>
       <c r="Q31" s="4">
-        <v>14.73</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>68.09</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3046,54 +3046,54 @@
       <c r="I32" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P32" s="4">
         <v>23.07</v>
       </c>
       <c r="Q32" s="4">
-        <v>17.77</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>77.03</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3107,54 +3107,54 @@
       <c r="I33" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P33" s="4">
         <v>16.73</v>
       </c>
       <c r="Q33" s="4">
-        <v>16.05</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>95.95</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3168,54 +3168,54 @@
       <c r="I34" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P34" s="4">
         <v>43.26</v>
       </c>
       <c r="Q34" s="4">
-        <v>43.2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3229,54 +3229,54 @@
       <c r="I35" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>189</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P35" s="4">
         <v>6.63</v>
       </c>
       <c r="Q35" s="4">
-        <v>6.59</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.48</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3290,54 +3290,54 @@
       <c r="I36" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>197</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P36" s="4">
         <v>39.52</v>
       </c>
       <c r="Q36" s="4">
-        <v>39.51</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3351,54 +3351,54 @@
       <c r="I37" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>189</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P37" s="4">
         <v>8.8</v>
       </c>
       <c r="Q37" s="4">
-        <v>8.74</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.33</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3412,54 +3412,54 @@
       <c r="I38" s="13" t="s">
         <v>206</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>211</v>
       </c>
       <c r="P38" s="4">
         <v>4.24</v>
       </c>
       <c r="Q38" s="4">
-        <v>4.24</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3473,54 +3473,54 @@
       <c r="I39" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>215</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P39" s="4">
         <v>22.57</v>
       </c>
       <c r="Q39" s="4">
-        <v>22.52</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3534,54 +3534,54 @@
       <c r="I40" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>220</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P40" s="4">
         <v>2.04</v>
       </c>
       <c r="Q40" s="4">
-        <v>2.04</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3717,54 +3717,54 @@
       <c r="I43" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>236</v>
       </c>
       <c r="P43" s="4">
         <v>76.22</v>
       </c>
       <c r="Q43" s="4">
-        <v>42.28</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>55.47</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3778,54 +3778,54 @@
       <c r="I44" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>238</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>239</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>221</v>
       </c>
       <c r="P44" s="4">
         <v>10.13</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>43.51</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>106</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3839,88 +3839,88 @@
       <c r="I45" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>241</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>244</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>245</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P45" s="4">
         <v>5.33</v>
       </c>
       <c r="Q45" s="4">
-        <v>3.29</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>61.73</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>40</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="7" t="s">
         <v>246</v>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="11"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="8"/>
       <c r="L46" s="8"/>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8">
         <v>1629.43</v>
       </c>
       <c r="P46" s="8">
-        <v>976.85</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="8">
-        <v>59.95</v>
+        <v>0</v>
       </c>
       <c r="R46" s="8"/>
       <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>