--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -791,96 +791,90 @@
   <si>
     <t>11/11/2024</t>
   </si>
   <si>
     <t>M/S A.D. CONCERN</t>
   </si>
   <si>
     <t>Construction of Guard room with Toilet at Bongabari OHR campus for Bongabari W/S Scheme of Purulia Sadar Sub-Division, under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001314/2024-2025</t>
   </si>
   <si>
     <t>457/PD</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
     <t>MAHATO CONSTRUCTION</t>
   </si>
   <si>
-    <t>Daily Operation &amp;mtc. of rising main from NamoPindra Pump House to Medical College CWR including rising main inside of Medical College Campus &amp; Collecting line in river bed and manifold chamber to CWR at NamoPindra Head Work site including sluice valve etc. of Deben Mahato Medical College &amp; Hospital W/S Scheme under Purulia Sadar Sub-Division, under Purulia Division P.H.E. Dte [For the period of 01.09.2025 to 31.08.2026]</t>
-[...16 lines deleted...]
-  <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at Bongabari Village of Raghabpur G.P. under command area of Bongabari Water Supply Scheme at Purulia-II Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte. (Part-A)</t>
   </si>
   <si>
     <t>ORD/000108/2022-2023</t>
   </si>
   <si>
     <t>644/PD</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>Laying of 225 mm dia.(OD) HDPE Pipe as Rising main at Upar Pindra Village of Pindra G.P. of Bongabari Water Supply Scheme at Purulia-II Block under Purulia Sadar Sub-Division of Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000841/2022-2023</t>
   </si>
   <si>
     <t>1743PD</t>
   </si>
   <si>
     <t>Laying of Pipe for distribution pipe line (Gap Portion) to providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at Bongabari Village of Raghabpur G.P. under command area of Bongabari Water Supply Scheme at Purulia-II Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001204/2022-2023</t>
   </si>
   <si>
     <t>491/PD</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at Bongabari Village of Raghabpur G.P. under command area of Bongabari Water Supply Scheme at Purulia-II Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte. (Part-C)</t>
+  </si>
+  <si>
+    <t>ORD/000110/2022-2023</t>
+  </si>
+  <si>
+    <t>646/PD</t>
+  </si>
+  <si>
+    <t>INDRAJIT SARKAR</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4182,283 +4176,283 @@
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
         <v>259</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M49" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N49" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="N49" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O49" s="4" t="s">
-        <v>264</v>
+        <v>115</v>
       </c>
       <c r="P49" s="4">
-        <v>9.89</v>
+        <v>10.99</v>
       </c>
       <c r="Q49" s="4">
-        <v>0</v>
+        <v>4.35</v>
       </c>
       <c r="R49" s="4">
-        <v>0</v>
+        <v>39.61</v>
       </c>
       <c r="S49" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>268</v>
+        <v>104</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="P50" s="4">
-        <v>10.99</v>
+        <v>43.16</v>
       </c>
       <c r="Q50" s="4">
-        <v>4.35</v>
+        <v>17.55</v>
       </c>
       <c r="R50" s="4">
-        <v>39.61</v>
+        <v>40.67</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>77</v>
+        <v>110</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>104</v>
+        <v>262</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="P51" s="4">
-        <v>43.16</v>
+        <v>20.25</v>
       </c>
       <c r="Q51" s="4">
-        <v>17.55</v>
+        <v>11.93</v>
       </c>
       <c r="R51" s="4">
-        <v>40.67</v>
+        <v>58.95</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J52" s="13" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>268</v>
+        <v>40</v>
       </c>
       <c r="O52" s="4" t="s">
-        <v>115</v>
+        <v>272</v>
       </c>
       <c r="P52" s="4">
-        <v>20.25</v>
+        <v>10.99</v>
       </c>
       <c r="Q52" s="4">
-        <v>11.93</v>
+        <v>7.67</v>
       </c>
       <c r="R52" s="4">
-        <v>58.95</v>
+        <v>69.76</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="7" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="11"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="14"/>
       <c r="I53" s="14"/>
       <c r="J53" s="14"/>
       <c r="K53" s="8"/>
       <c r="L53" s="8"/>
       <c r="M53" s="8"/>
       <c r="N53" s="8"/>
       <c r="O53" s="8">
-        <v>1606.32</v>
+        <v>1607.42</v>
       </c>
       <c r="P53" s="8">
-        <v>689.98</v>
+        <v>697.65</v>
       </c>
       <c r="Q53" s="8">
-        <v>42.95</v>
+        <v>43.4</v>
       </c>
       <c r="R53" s="8"/>
       <c r="S53" s="8"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A53:N53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>