--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1599,54 +1599,54 @@
       <c r="I6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>21.61</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.91</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>59.71</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1660,54 +1660,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>8.01</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>54.91</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>15</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1778,54 +1778,54 @@
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>4.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.27</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>5.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1898,54 +1898,54 @@
       <c r="I11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>9.84</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>30.37</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1959,54 +1959,54 @@
       <c r="I12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P12" s="4">
         <v>23.21</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>18.2</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2077,54 +2077,54 @@
         <v>88</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>5.7</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.69</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2138,54 +2138,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P15" s="4">
         <v>2.92</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>45.06</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2256,54 +2256,54 @@
       <c r="I17" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>45</v>
       </c>
       <c r="Q17" s="4">
-        <v>37.83</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>84.06</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2317,54 +2317,54 @@
       <c r="I18" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>54.03</v>
       </c>
       <c r="Q18" s="4">
-        <v>47.58</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>88.07</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>90</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2378,54 +2378,54 @@
       <c r="I19" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>23</v>
       </c>
       <c r="Q19" s="4">
-        <v>19.03</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>82.76</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2439,54 +2439,54 @@
       <c r="I20" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P20" s="4">
         <v>77.44</v>
       </c>
       <c r="Q20" s="4">
-        <v>51.43</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>66.41</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>15</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2500,54 +2500,54 @@
       <c r="I21" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>21.6</v>
       </c>
       <c r="Q21" s="4">
-        <v>12.87</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>59.57</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2622,54 +2622,54 @@
       <c r="I23" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P23" s="4">
         <v>37.81</v>
       </c>
       <c r="Q23" s="4">
-        <v>27.37</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>72.4</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>20</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2744,54 +2744,54 @@
       <c r="I25" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P25" s="4">
         <v>84.23</v>
       </c>
       <c r="Q25" s="4">
-        <v>43.22</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>51.32</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>75</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2980,54 +2980,54 @@
       <c r="I29" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P29" s="4">
         <v>39.1</v>
       </c>
       <c r="Q29" s="4">
-        <v>36.81</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>94.13</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3041,54 +3041,54 @@
       <c r="I30" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P30" s="4">
         <v>38.36</v>
       </c>
       <c r="Q30" s="4">
-        <v>18.66</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>48.65</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3102,54 +3102,54 @@
       <c r="I31" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P31" s="4">
         <v>38.42</v>
       </c>
       <c r="Q31" s="4">
-        <v>37.77</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.3</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3163,54 +3163,54 @@
       <c r="I32" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="4">
         <v>8.99</v>
       </c>
       <c r="Q32" s="4">
-        <v>6.51</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>72.42</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>90</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3224,54 +3224,54 @@
       <c r="I33" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P33" s="4">
         <v>138.29</v>
       </c>
       <c r="Q33" s="4">
-        <v>135.72</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>98.14</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3285,54 +3285,54 @@
       <c r="I34" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P34" s="4">
         <v>5.3</v>
       </c>
       <c r="Q34" s="4">
-        <v>3.37</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>63.57</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3346,54 +3346,54 @@
       <c r="I35" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P35" s="4">
         <v>43.94</v>
       </c>
       <c r="Q35" s="4">
-        <v>29.8</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>67.83</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3407,54 +3407,54 @@
       <c r="I36" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>201</v>
       </c>
       <c r="P36" s="4">
         <v>20.05</v>
       </c>
       <c r="Q36" s="4">
-        <v>19.9</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.26</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3468,54 +3468,54 @@
       <c r="I37" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>170</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P37" s="4">
         <v>8.04</v>
       </c>
       <c r="Q37" s="4">
-        <v>7.08</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>87.99</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3529,54 +3529,54 @@
       <c r="I38" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P38" s="4">
         <v>64.54</v>
       </c>
       <c r="Q38" s="4">
-        <v>56.34</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>87.3</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3704,54 +3704,54 @@
       <c r="I41" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>221</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>222</v>
       </c>
       <c r="P41" s="4">
         <v>43.43</v>
       </c>
       <c r="Q41" s="4">
-        <v>25.22</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>58.07</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>85</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3765,54 +3765,54 @@
       <c r="I42" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>225</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P42" s="4">
         <v>72</v>
       </c>
       <c r="Q42" s="4">
-        <v>7.82</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>10.86</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>50</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -4188,54 +4188,54 @@
       <c r="I49" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P49" s="4">
         <v>10.99</v>
       </c>
       <c r="Q49" s="4">
-        <v>4.35</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>39.61</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4249,54 +4249,54 @@
       <c r="I50" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P50" s="4">
         <v>43.16</v>
       </c>
       <c r="Q50" s="4">
-        <v>17.55</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>40.67</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4310,54 +4310,54 @@
       <c r="I51" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>110</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>267</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>268</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P51" s="4">
         <v>20.25</v>
       </c>
       <c r="Q51" s="4">
-        <v>11.93</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>58.95</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4371,88 +4371,88 @@
       <c r="I52" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>272</v>
       </c>
       <c r="P52" s="4">
         <v>10.99</v>
       </c>
       <c r="Q52" s="4">
-        <v>7.67</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>69.76</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="7" t="s">
         <v>273</v>
       </c>
       <c r="B53" s="7"/>
       <c r="C53" s="7"/>
       <c r="D53" s="7"/>
       <c r="E53" s="11"/>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="14"/>
       <c r="I53" s="14"/>
       <c r="J53" s="14"/>
       <c r="K53" s="8"/>
       <c r="L53" s="8"/>
       <c r="M53" s="8"/>
       <c r="N53" s="8"/>
       <c r="O53" s="8">
         <v>1607.42</v>
       </c>
       <c r="P53" s="8">
-        <v>697.65</v>
+        <v>0</v>
       </c>
       <c r="Q53" s="8">
-        <v>43.4</v>
+        <v>0</v>
       </c>
       <c r="R53" s="8"/>
       <c r="S53" s="8"/>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A53:N53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>