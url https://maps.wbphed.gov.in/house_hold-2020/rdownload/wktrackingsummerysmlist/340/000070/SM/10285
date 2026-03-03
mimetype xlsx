--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1703,54 +1703,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>37.83</v>
       </c>
       <c r="Q11" s="4">
-        <v>25.48</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>67.35</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1760,54 +1760,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>0.98</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1821,54 +1821,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>75.71</v>
       </c>
       <c r="Q13" s="4">
-        <v>24.4</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>32.22</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1882,54 +1882,54 @@
       <c r="I14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>15.86</v>
       </c>
       <c r="Q14" s="4">
-        <v>15.81</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1939,54 +1939,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P15" s="4">
         <v>0.98</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2114,54 +2114,54 @@
         <v>108</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P18" s="4">
         <v>12.69</v>
       </c>
       <c r="Q18" s="4">
-        <v>11.66</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>91.85</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2175,54 +2175,54 @@
       <c r="I19" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P19" s="4">
         <v>26.93</v>
       </c>
       <c r="Q19" s="4">
-        <v>14.45</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>53.66</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2236,54 +2236,54 @@
       <c r="I20" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="4">
         <v>13.54</v>
       </c>
       <c r="Q20" s="4">
-        <v>9.01</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>66.51</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2297,54 +2297,54 @@
       <c r="I21" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P21" s="4">
         <v>13.52</v>
       </c>
       <c r="Q21" s="4">
-        <v>8.51</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>62.92</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2358,54 +2358,54 @@
       <c r="I22" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P22" s="4">
         <v>47.3</v>
       </c>
       <c r="Q22" s="4">
-        <v>37.18</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>78.6</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>80</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2419,54 +2419,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P23" s="4">
         <v>44.35</v>
       </c>
       <c r="Q23" s="4">
-        <v>34.13</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>76.97</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2480,54 +2480,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P24" s="4">
         <v>12.68</v>
       </c>
       <c r="Q24" s="4">
-        <v>12.67</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2541,54 +2541,54 @@
       <c r="I25" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P25" s="4">
         <v>6.34</v>
       </c>
       <c r="Q25" s="4">
-        <v>6.26</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>98.7</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2602,54 +2602,54 @@
       <c r="I26" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P26" s="4">
         <v>3.58</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.41</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -3062,54 +3062,54 @@
       <c r="I34" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="P34" s="4">
         <v>90.64</v>
       </c>
       <c r="Q34" s="4">
-        <v>41.14</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>45.39</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3123,54 +3123,54 @@
       <c r="I35" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P35" s="4">
         <v>40.81</v>
       </c>
       <c r="Q35" s="4">
-        <v>26.04</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>63.8</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3184,54 +3184,54 @@
       <c r="I36" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P36" s="4">
         <v>26.88</v>
       </c>
       <c r="Q36" s="4">
-        <v>26.32</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>97.92</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3245,54 +3245,54 @@
       <c r="I37" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P37" s="4">
         <v>27.18</v>
       </c>
       <c r="Q37" s="4">
-        <v>24.08</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>88.59</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3302,54 +3302,54 @@
       </c>
       <c r="H38" s="13" t="s">
         <v>196</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P38" s="4">
         <v>25.35</v>
       </c>
       <c r="Q38" s="4">
-        <v>21.89</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>86.36</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3363,54 +3363,54 @@
       <c r="I39" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="P39" s="4">
         <v>14.03</v>
       </c>
       <c r="Q39" s="4">
-        <v>8.88</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>63.33</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>65</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3424,88 +3424,88 @@
       <c r="I40" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>211</v>
       </c>
       <c r="P40" s="4">
         <v>197.98</v>
       </c>
       <c r="Q40" s="4">
-        <v>86.98</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>43.93</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="7" t="s">
         <v>212</v>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="7"/>
       <c r="D41" s="7"/>
       <c r="E41" s="11"/>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="14"/>
       <c r="I41" s="14"/>
       <c r="J41" s="14"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8">
         <v>951.25</v>
       </c>
       <c r="P41" s="8">
-        <v>440.25</v>
+        <v>0</v>
       </c>
       <c r="Q41" s="8">
-        <v>46.28</v>
+        <v>0</v>
       </c>
       <c r="R41" s="8"/>
       <c r="S41" s="8"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A41:N41"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>