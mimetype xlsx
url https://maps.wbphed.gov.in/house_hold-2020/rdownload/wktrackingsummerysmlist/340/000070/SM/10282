--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1508,54 +1508,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>0.94</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1567,54 +1567,54 @@
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>4.25</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1626,54 +1626,54 @@
         <v>58</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P9" s="4">
         <v>0.81</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1685,54 +1685,54 @@
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>0.75</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1744,54 +1744,54 @@
         <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>63.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>63.48</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1803,54 +1803,54 @@
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>4.25</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1862,54 +1862,54 @@
         <v>79</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>1.66</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.66</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1921,54 +1921,54 @@
         <v>85</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P14" s="4">
         <v>3.39</v>
       </c>
       <c r="Q14" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1980,54 +1980,54 @@
         <v>90</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P15" s="4">
         <v>4.86</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2039,54 +2039,54 @@
         <v>94</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P16" s="4">
         <v>0.94</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2098,54 +2098,54 @@
         <v>99</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P17" s="4">
         <v>0.98</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2157,54 +2157,54 @@
         <v>102</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>64.87</v>
       </c>
       <c r="Q18" s="4">
-        <v>57.72</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>88.98</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2216,54 +2216,54 @@
         <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>93.51</v>
       </c>
       <c r="Q19" s="4">
-        <v>85.16</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>91.07</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2275,54 +2275,54 @@
         <v>112</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P20" s="4">
         <v>2.94</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.48</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>84.26</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
         <v>117</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P21" s="4">
         <v>0.82</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2780,54 +2780,54 @@
         <v>143</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P29" s="4">
         <v>70.98</v>
       </c>
       <c r="Q29" s="4">
-        <v>51.93</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>73.16</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2839,54 +2839,54 @@
         <v>147</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P30" s="4">
         <v>70.98</v>
       </c>
       <c r="Q30" s="4">
-        <v>52.18</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>73.51</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2898,54 +2898,54 @@
         <v>150</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P31" s="4">
         <v>57.83</v>
       </c>
       <c r="Q31" s="4">
-        <v>29.05</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>50.24</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>50</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3016,54 +3016,54 @@
         <v>161</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P33" s="4">
         <v>23.44</v>
       </c>
       <c r="Q33" s="4">
-        <v>14.57</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>62.14</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3075,54 +3075,54 @@
         <v>165</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P34" s="4">
         <v>23.57</v>
       </c>
       <c r="Q34" s="4">
-        <v>14.84</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>62.97</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3134,54 +3134,54 @@
         <v>169</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P35" s="4">
         <v>96.12</v>
       </c>
       <c r="Q35" s="4">
-        <v>95.52</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.37</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3193,54 +3193,54 @@
         <v>175</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P36" s="4">
         <v>47.32</v>
       </c>
       <c r="Q36" s="4">
-        <v>41.15</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>86.96</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3254,54 +3254,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>180</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P37" s="4">
         <v>94.53</v>
       </c>
       <c r="Q37" s="4">
-        <v>94.51</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3828,88 +3828,88 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>180</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>220</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>221</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>222</v>
       </c>
       <c r="P47" s="4">
         <v>90.73</v>
       </c>
       <c r="Q47" s="4">
-        <v>77.1</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>84.98</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="7" t="s">
         <v>223</v>
       </c>
       <c r="B48" s="7"/>
       <c r="C48" s="7"/>
       <c r="D48" s="7"/>
       <c r="E48" s="11"/>
       <c r="F48" s="7"/>
       <c r="G48" s="7"/>
       <c r="H48" s="14"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="8"/>
       <c r="L48" s="8"/>
       <c r="M48" s="8"/>
       <c r="N48" s="8"/>
       <c r="O48" s="8">
         <v>1187.32</v>
       </c>
       <c r="P48" s="8">
-        <v>703.28</v>
+        <v>0</v>
       </c>
       <c r="Q48" s="8">
-        <v>59.23</v>
+        <v>0</v>
       </c>
       <c r="R48" s="8"/>
       <c r="S48" s="8"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A48:N48"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>