--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1070,54 +1070,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.37</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1129,54 +1129,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.98</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1418,54 +1418,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>95.12</v>
       </c>
       <c r="Q9" s="4">
-        <v>68.43</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>71.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>60</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1713,54 +1713,54 @@
         <v>82</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P14" s="4">
         <v>91.55</v>
       </c>
       <c r="Q14" s="4">
-        <v>71.62</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>78.23</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1890,54 +1890,54 @@
         <v>98</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P17" s="4">
         <v>7.88</v>
       </c>
       <c r="Q17" s="4">
-        <v>7.61</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.58</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2008,54 +2008,54 @@
         <v>105</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P19" s="4">
         <v>15.77</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.19</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>26.54</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2069,54 +2069,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P20" s="4">
         <v>158.35</v>
       </c>
       <c r="Q20" s="4">
-        <v>154.93</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.84</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2130,54 +2130,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>91.55</v>
       </c>
       <c r="Q21" s="4">
-        <v>79.83</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>87.2</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2305,54 +2305,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P24" s="4">
         <v>90.51</v>
       </c>
       <c r="Q24" s="4">
-        <v>43.64</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>48.22</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>70</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2366,54 +2366,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P25" s="4">
         <v>90.51</v>
       </c>
       <c r="Q25" s="4">
-        <v>27.74</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>30.65</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>40</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2427,54 +2427,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P26" s="4">
         <v>70.71</v>
       </c>
       <c r="Q26" s="4">
-        <v>51.28</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>72.52</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2488,54 +2488,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P27" s="4">
         <v>23.45</v>
       </c>
       <c r="Q27" s="4">
-        <v>14.06</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>59.98</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2549,54 +2549,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P28" s="4">
         <v>197.48</v>
       </c>
       <c r="Q28" s="4">
-        <v>171.01</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>86.59</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2610,54 +2610,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="4">
         <v>91.67</v>
       </c>
       <c r="Q29" s="4">
-        <v>87.42</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>95.37</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2701,54 +2701,54 @@
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>155</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>1204.86</v>
       </c>
       <c r="P31" s="8">
-        <v>785.09</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>65.16</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>