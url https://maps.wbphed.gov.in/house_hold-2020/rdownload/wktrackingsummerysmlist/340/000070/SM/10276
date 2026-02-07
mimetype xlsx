--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1425,54 +1425,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>17.88</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.38</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.64</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1482,54 +1482,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>0.98</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1602,54 +1602,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>50.44</v>
       </c>
       <c r="Q10" s="4">
-        <v>31.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>62.12</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1842,54 +1842,54 @@
         <v>88</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>71.14</v>
       </c>
       <c r="Q14" s="4">
-        <v>31.58</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>44.39</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1901,54 +1901,54 @@
         <v>94</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>94.93</v>
       </c>
       <c r="Q15" s="4">
-        <v>19.84</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>20.9</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1960,54 +1960,54 @@
         <v>100</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>87.09</v>
       </c>
       <c r="Q16" s="4">
-        <v>84.61</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>97.15</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2019,54 +2019,54 @@
         <v>104</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P17" s="4">
         <v>202.09</v>
       </c>
       <c r="Q17" s="4">
-        <v>110.92</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>54.89</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2078,54 +2078,54 @@
         <v>110</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P18" s="4">
         <v>94.93</v>
       </c>
       <c r="Q18" s="4">
-        <v>35.05</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>36.92</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2137,54 +2137,54 @@
         <v>114</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
         <v>197.96</v>
       </c>
       <c r="Q19" s="4">
-        <v>101.64</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>51.35</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2198,54 +2198,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P20" s="4">
         <v>38.02</v>
       </c>
       <c r="Q20" s="4">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2257,54 +2257,54 @@
         <v>124</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P21" s="4">
         <v>24.68</v>
       </c>
       <c r="Q21" s="4">
-        <v>24.68</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2318,54 +2318,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>131</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P22" s="4">
         <v>50.66</v>
       </c>
       <c r="Q22" s="4">
-        <v>22.85</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>45.11</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2379,54 +2379,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P23" s="4">
         <v>12.7</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.07</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>16.3</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2440,54 +2440,54 @@
       <c r="I24" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P24" s="4">
         <v>165.38</v>
       </c>
       <c r="Q24" s="4">
-        <v>70.45</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>42.6</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2499,54 +2499,54 @@
         <v>145</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P25" s="4">
         <v>71.01</v>
       </c>
       <c r="Q25" s="4">
-        <v>67.93</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>95.66</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2959,54 +2959,54 @@
       <c r="I33" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P33" s="4">
         <v>158.22</v>
       </c>
       <c r="Q33" s="4">
-        <v>56.94</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>35.99</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>80</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3020,54 +3020,54 @@
       <c r="I34" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="P34" s="4">
         <v>41.31</v>
       </c>
       <c r="Q34" s="4">
-        <v>9.54</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>23.09</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3081,88 +3081,88 @@
       <c r="I35" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P35" s="4">
         <v>71.04</v>
       </c>
       <c r="Q35" s="4">
-        <v>22.66</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>31.9</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>192</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>1916.8</v>
       </c>
       <c r="P36" s="8">
-        <v>706.08</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>36.84</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>