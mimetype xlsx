--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1526,54 +1526,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>0.98</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1583,54 +1583,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>0.98</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1644,54 +1644,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>50.46</v>
       </c>
       <c r="Q11" s="4">
-        <v>34.81</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>68.97</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1762,54 +1762,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>85</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>0.65</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1819,54 +1819,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P14" s="4">
         <v>1.88</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1880,54 +1880,54 @@
       <c r="I15" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P15" s="4">
         <v>40.63</v>
       </c>
       <c r="Q15" s="4">
-        <v>34.35</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>84.54</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1937,54 +1937,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>102</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P16" s="4">
         <v>4.55</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1998,54 +1998,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P17" s="4">
         <v>15.87</v>
       </c>
       <c r="Q17" s="4">
-        <v>5.76</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>36.31</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2059,54 +2059,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P18" s="4">
         <v>41.18</v>
       </c>
       <c r="Q18" s="4">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2120,54 +2120,54 @@
       <c r="I19" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P19" s="4">
         <v>51.01</v>
       </c>
       <c r="Q19" s="4">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>90.17</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2181,54 +2181,54 @@
       <c r="I20" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P20" s="4">
         <v>70.95</v>
       </c>
       <c r="Q20" s="4">
-        <v>51.2</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>72.16</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2242,54 +2242,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P21" s="4">
         <v>72.86</v>
       </c>
       <c r="Q21" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>6.61</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2303,54 +2303,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P22" s="4">
         <v>57.04</v>
       </c>
       <c r="Q22" s="4">
-        <v>6.89</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>12.08</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2364,54 +2364,54 @@
       <c r="I23" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P23" s="4">
         <v>51.93</v>
       </c>
       <c r="Q23" s="4">
-        <v>31.24</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>60.16</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2944,54 +2944,54 @@
       <c r="I33" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P33" s="4">
         <v>27.08</v>
       </c>
       <c r="Q33" s="4">
-        <v>16.69</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>61.63</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3005,54 +3005,54 @@
       <c r="I34" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="P34" s="4">
         <v>164.99</v>
       </c>
       <c r="Q34" s="4">
-        <v>99.13</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>60.08</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3066,88 +3066,88 @@
       <c r="I35" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P35" s="4">
         <v>40.4</v>
       </c>
       <c r="Q35" s="4">
-        <v>29.46</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>72.92</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>996.81</v>
       </c>
       <c r="P36" s="8">
-        <v>370.99</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>37.22</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>