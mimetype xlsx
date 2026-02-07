--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1276,54 +1276,54 @@
       <c r="I7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>7.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.37</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>42.93</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1337,54 +1337,54 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>63.46</v>
       </c>
       <c r="Q8" s="4">
-        <v>35.01</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>55.16</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1455,54 +1455,54 @@
         <v>68</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P10" s="4">
         <v>47.13</v>
       </c>
       <c r="Q10" s="4">
-        <v>34.28</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>72.73</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1514,54 +1514,54 @@
         <v>73</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>7.85</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.7</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.03</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1575,54 +1575,54 @@
       <c r="I12" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>47.35</v>
       </c>
       <c r="Q12" s="4">
-        <v>45.5</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>96.1</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1634,54 +1634,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>23.6</v>
       </c>
       <c r="Q13" s="4">
-        <v>21.03</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>89.13</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1695,54 +1695,54 @@
       <c r="I14" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>15.71</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.31</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>27.43</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1754,54 +1754,54 @@
         <v>89</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>7.88</v>
       </c>
       <c r="Q15" s="4">
-        <v>7.46</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>94.65</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1813,54 +1813,54 @@
         <v>93</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P16" s="4">
         <v>94.93</v>
       </c>
       <c r="Q16" s="4">
-        <v>53.18</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>56.02</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1872,54 +1872,54 @@
         <v>98</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>94.93</v>
       </c>
       <c r="Q17" s="4">
-        <v>80.32</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>84.62</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1931,54 +1931,54 @@
         <v>104</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>33.06</v>
       </c>
       <c r="Q18" s="4">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1990,54 +1990,54 @@
         <v>110</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="4">
         <v>23.6</v>
       </c>
       <c r="Q19" s="4">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>93.22</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2049,54 +2049,54 @@
         <v>114</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P20" s="4">
         <v>158.22</v>
       </c>
       <c r="Q20" s="4">
-        <v>133.66</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>84.48</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2342,54 +2342,54 @@
       <c r="I25" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>158.13</v>
       </c>
       <c r="Q25" s="4">
-        <v>150.13</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>94.94</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2403,88 +2403,88 @@
       <c r="I26" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="4">
         <v>46.89</v>
       </c>
       <c r="Q26" s="4">
-        <v>16.45</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>35.09</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>147</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>923.16</v>
       </c>
       <c r="P27" s="8">
-        <v>647.4</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>70.13</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>