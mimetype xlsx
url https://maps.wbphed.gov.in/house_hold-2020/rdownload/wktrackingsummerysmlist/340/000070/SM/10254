--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1334,54 +1334,54 @@
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>113.31</v>
       </c>
       <c r="Q8" s="4">
-        <v>71.76</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>63.33</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1393,54 +1393,54 @@
         <v>64</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>91.69</v>
       </c>
       <c r="Q9" s="4">
-        <v>49.94</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>54.47</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1513,54 +1513,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>50.71</v>
       </c>
       <c r="Q11" s="4">
-        <v>46.8</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>92.29</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1574,54 +1574,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>3.17</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.23</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1635,54 +1635,54 @@
       <c r="I13" s="13" t="s">
         <v>87</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P13" s="4">
         <v>4.92</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.29</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>87.27</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2038,54 +2038,54 @@
       <c r="I20" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>95.18</v>
       </c>
       <c r="Q20" s="4">
-        <v>51.31</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>53.91</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>60</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2099,54 +2099,54 @@
       <c r="I21" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P21" s="4">
         <v>90.72</v>
       </c>
       <c r="Q21" s="4">
-        <v>54.34</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>59.9</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2160,54 +2160,54 @@
       <c r="I22" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="4">
         <v>80.37</v>
       </c>
       <c r="Q22" s="4">
-        <v>42.25</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>52.57</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2221,54 +2221,54 @@
       <c r="I23" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="4">
         <v>90.51</v>
       </c>
       <c r="Q23" s="4">
-        <v>59.89</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>66.17</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2282,54 +2282,54 @@
       <c r="I24" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P24" s="4">
         <v>94.41</v>
       </c>
       <c r="Q24" s="4">
-        <v>41.25</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>43.7</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2341,88 +2341,88 @@
         <v>139</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P25" s="4">
         <v>82.6</v>
       </c>
       <c r="Q25" s="4">
-        <v>79.66</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.44</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1282.32</v>
       </c>
       <c r="P26" s="8">
-        <v>504.6</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>39.35</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>