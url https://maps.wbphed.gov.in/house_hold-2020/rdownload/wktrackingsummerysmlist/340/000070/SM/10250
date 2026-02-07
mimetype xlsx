--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1244,54 +1244,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>3.18</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.02</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.34</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1305,54 +1305,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>86.06</v>
       </c>
       <c r="Q8" s="4">
-        <v>28.31</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>32.89</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>35</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1366,54 +1366,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>69.67</v>
       </c>
       <c r="Q9" s="4">
-        <v>23.86</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>34.25</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1423,54 +1423,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>0.98</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1543,54 +1543,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>28.52</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.42</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>29.52</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1602,54 +1602,54 @@
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>14.08</v>
       </c>
       <c r="Q13" s="4">
-        <v>13.59</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>96.51</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2005,54 +2005,54 @@
       <c r="I20" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P20" s="4">
         <v>90.59</v>
       </c>
       <c r="Q20" s="4">
-        <v>45.67</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>50.42</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>60</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2066,54 +2066,54 @@
       <c r="I21" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P21" s="4">
         <v>66.19</v>
       </c>
       <c r="Q21" s="4">
-        <v>26.64</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>40.25</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>50</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2127,54 +2127,54 @@
       <c r="I22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>32.75</v>
       </c>
       <c r="Q22" s="4">
-        <v>15.29</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>46.68</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>50</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2188,88 +2188,88 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>128</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>41.02</v>
       </c>
       <c r="Q23" s="4">
-        <v>6.53</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>15.91</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>15</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>773.89</v>
       </c>
       <c r="P24" s="8">
-        <v>171.31</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>22.14</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>