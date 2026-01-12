--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -731,117 +731,120 @@
   <si>
     <t>BP-23-24-270</t>
   </si>
   <si>
     <t>22/01/2024</t>
   </si>
   <si>
     <t>LOAD ENHANCEMENT FOR AUG OF BUNDWAN WS SCHEME</t>
   </si>
   <si>
     <t>BP-2023-24-201</t>
   </si>
   <si>
     <t>17/10/2023</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation and extention of distribution pipe line under command area of Bandwan Water Supply Scheme of Bandwan Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Pargela Mouza)</t>
   </si>
   <si>
     <t>ORD/000411/2021-2022</t>
   </si>
   <si>
     <t>332/PD</t>
   </si>
   <si>
+    <t>03/03/2023</t>
+  </si>
+  <si>
+    <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation and extention of distribution pipe line under command area of Bandwan Water Supply Scheme of Bandwan Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Supudih Mouza)</t>
+  </si>
+  <si>
+    <t>ORD/000410/2022-2023</t>
+  </si>
+  <si>
+    <t>937/PD</t>
+  </si>
+  <si>
+    <t>16/06/2022</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>SANTANU BANERJEE</t>
+  </si>
+  <si>
+    <t>Laying of Main line and Parallel line under command area of Bandwan Water Supply Scheme of Bandwan Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Bandwan Mouza)</t>
+  </si>
+  <si>
+    <t>ORD/001062/2022-2023</t>
+  </si>
+  <si>
+    <t>295/PD</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>DEBAKI RANJAN SARKAR</t>
+  </si>
+  <si>
+    <t>Supply delivery and installation of Flowmeter for augmentation of Bandwan PWSS under PMD, PHE Dte. in the District of Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000091/2022-2023</t>
+  </si>
+  <si>
+    <t>526/PMD</t>
+  </si>
+  <si>
+    <t>05/08/2022</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>SUBRATA DUTTA</t>
+  </si>
+  <si>
     <t>Supply delivery and installation of centrifugal pumping machineries with necessary allied works at intake for augmentation of Bandwan w/s project under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000096/2022-2023</t>
   </si>
   <si>
     <t>522/PMD</t>
   </si>
   <si>
-    <t>05/08/2022</t>
-[...1 lines deleted...]
-  <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>TAPAN KUMAR DEY</t>
-  </si>
-[...49 lines deleted...]
-    <t>SUBRATA DUTTA</t>
   </si>
   <si>
     <t>Supply delivery and installation of centrifugal pumping machineries with necessary substitutes with allied works for augmentation of Bandwan PWSS under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000097/2022-2023</t>
   </si>
   <si>
     <t>523/PMD</t>
   </si>
   <si>
     <t>04/10/2022</t>
   </si>
   <si>
     <t>Supply delivery installation of 1kg/hr gaseous chlorination system at Augmentation of Bandwan Water Supply scheme (OHR site) Block Bandwan under PMD PHE Dte. District Purulia.</t>
   </si>
   <si>
     <t>ORD/000053/2022-2023</t>
   </si>
   <si>
     <t>394/PMD</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
@@ -4068,441 +4071,441 @@
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
         <v>236</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>182</v>
+        <v>239</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P48" s="4">
         <v>50.79</v>
       </c>
       <c r="Q48" s="4">
         <v>18.46</v>
       </c>
       <c r="R48" s="4">
         <v>36.34</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I49" s="13" t="s">
-        <v>195</v>
+        <v>49</v>
       </c>
       <c r="J49" s="13" t="s">
-        <v>89</v>
+        <v>55</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P49" s="4">
-        <v>27.3</v>
+        <v>120.63</v>
       </c>
       <c r="Q49" s="4">
-        <v>17.41</v>
+        <v>81.87</v>
       </c>
       <c r="R49" s="4">
-        <v>63.78</v>
+        <v>67.87</v>
       </c>
       <c r="S49" s="4">
         <v>65</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P50" s="4">
-        <v>120.63</v>
+        <v>67.69</v>
       </c>
       <c r="Q50" s="4">
-        <v>81.87</v>
+        <v>23.48</v>
       </c>
       <c r="R50" s="4">
-        <v>67.87</v>
+        <v>34.69</v>
       </c>
       <c r="S50" s="4">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I51" s="13" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>55</v>
+        <v>89</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P51" s="4">
-        <v>67.69</v>
+        <v>8.02</v>
       </c>
       <c r="Q51" s="4">
-        <v>23.48</v>
+        <v>4.67</v>
       </c>
       <c r="R51" s="4">
-        <v>34.69</v>
+        <v>58.3</v>
       </c>
       <c r="S51" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K52" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="L52" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M52" s="4" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="O52" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P52" s="4">
-        <v>8.02</v>
+        <v>27.3</v>
       </c>
       <c r="Q52" s="4">
-        <v>4.67</v>
+        <v>17.41</v>
       </c>
       <c r="R52" s="4">
-        <v>58.3</v>
+        <v>63.78</v>
       </c>
       <c r="S52" s="4">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="13" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K53" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L53" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P53" s="4">
         <v>88.94</v>
       </c>
       <c r="Q53" s="4">
         <v>53.46</v>
       </c>
       <c r="R53" s="4">
         <v>60.11</v>
       </c>
       <c r="S53" s="4">
         <v>65</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="13" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I54" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K54" s="4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="L54" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O54" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P54" s="4">
         <v>20.5</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="7" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B55" s="7"/>
       <c r="C55" s="7"/>
       <c r="D55" s="7"/>
       <c r="E55" s="11"/>
       <c r="F55" s="7"/>
       <c r="G55" s="7"/>
       <c r="H55" s="14"/>
       <c r="I55" s="14"/>
       <c r="J55" s="14"/>
       <c r="K55" s="8"/>
       <c r="L55" s="8"/>
       <c r="M55" s="8"/>
       <c r="N55" s="8"/>
       <c r="O55" s="8">
         <v>1740.01</v>
       </c>
       <c r="P55" s="8">
         <v>572.16</v>
       </c>
       <c r="Q55" s="8">
         <v>32.88</v>
       </c>
       <c r="R55" s="8"/>
       <c r="S55" s="8"/>