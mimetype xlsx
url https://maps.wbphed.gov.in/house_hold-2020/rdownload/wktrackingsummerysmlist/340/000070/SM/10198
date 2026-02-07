--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1889,54 +1889,54 @@
       <c r="I11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>23.8</v>
       </c>
       <c r="Q11" s="4">
-        <v>23.79</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1950,54 +1950,54 @@
       <c r="I12" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P12" s="4">
         <v>23.63</v>
       </c>
       <c r="Q12" s="4">
-        <v>23.62</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2133,54 +2133,54 @@
       <c r="I15" s="13" t="s">
         <v>88</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="4">
         <v>9.19</v>
       </c>
       <c r="Q15" s="4">
-        <v>9.19</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2194,54 +2194,54 @@
       <c r="I16" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P16" s="4">
         <v>11.49</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.61</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>83.64</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>25</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2255,54 +2255,54 @@
       <c r="I17" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="4">
         <v>13.22</v>
       </c>
       <c r="Q17" s="4">
-        <v>12.72</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.22</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2316,54 +2316,54 @@
       <c r="I18" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P18" s="4">
         <v>6.15</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.37</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>71.1</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2377,54 +2377,54 @@
       <c r="I19" s="13" t="s">
         <v>88</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P19" s="4">
         <v>10.82</v>
       </c>
       <c r="Q19" s="4">
-        <v>10.82</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2438,54 +2438,54 @@
       <c r="I20" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P20" s="4">
         <v>0.72</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2499,54 +2499,54 @@
       <c r="I21" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>28.1</v>
       </c>
       <c r="Q21" s="4">
-        <v>27.26</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -3299,54 +3299,54 @@
       <c r="I35" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="4">
         <v>95.06</v>
       </c>
       <c r="Q35" s="4">
-        <v>17.8</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>18.73</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>85</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3360,54 +3360,54 @@
       <c r="I36" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P36" s="4">
         <v>51.38</v>
       </c>
       <c r="Q36" s="4">
-        <v>28.05</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>54.58</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>80</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3421,54 +3421,54 @@
       <c r="I37" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P37" s="4">
         <v>4.59</v>
       </c>
       <c r="Q37" s="4">
-        <v>1.24</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>27.01</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3482,54 +3482,54 @@
       <c r="I38" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P38" s="4">
         <v>18.56</v>
       </c>
       <c r="Q38" s="4">
-        <v>5.22</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>28.15</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3543,54 +3543,54 @@
       <c r="I39" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P39" s="4">
         <v>4.56</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>19.5</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3604,54 +3604,54 @@
       <c r="I40" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P40" s="4">
         <v>8.91</v>
       </c>
       <c r="Q40" s="4">
-        <v>7.83</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>87.83</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>90</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3665,54 +3665,54 @@
       <c r="I41" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P41" s="4">
         <v>118.62</v>
       </c>
       <c r="Q41" s="4">
-        <v>34.64</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>29.2</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3726,54 +3726,54 @@
       <c r="I42" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P42" s="4">
         <v>96.26</v>
       </c>
       <c r="Q42" s="4">
-        <v>81.71</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>84.89</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3787,54 +3787,54 @@
       <c r="I43" s="13" t="s">
         <v>212</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>213</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>218</v>
       </c>
       <c r="P43" s="4">
         <v>7.13</v>
       </c>
       <c r="Q43" s="4">
-        <v>6.76</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>94.89</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3848,54 +3848,54 @@
       <c r="I44" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P44" s="4">
         <v>66.56</v>
       </c>
       <c r="Q44" s="4">
-        <v>66.56</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4080,54 +4080,54 @@
       <c r="I48" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>239</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P48" s="4">
         <v>50.79</v>
       </c>
       <c r="Q48" s="4">
-        <v>18.46</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>36.34</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4141,54 +4141,54 @@
       <c r="I49" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>243</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>244</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>245</v>
       </c>
       <c r="P49" s="4">
         <v>120.63</v>
       </c>
       <c r="Q49" s="4">
-        <v>81.87</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>67.87</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>65</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4202,54 +4202,54 @@
       <c r="I50" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>248</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>250</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>251</v>
       </c>
       <c r="P50" s="4">
         <v>67.69</v>
       </c>
       <c r="Q50" s="4">
-        <v>23.48</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>34.69</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>30</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4263,54 +4263,54 @@
       <c r="I51" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>256</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P51" s="4">
         <v>8.02</v>
       </c>
       <c r="Q51" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>58.3</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4324,54 +4324,54 @@
       <c r="I52" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>261</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>262</v>
       </c>
       <c r="P52" s="4">
         <v>27.3</v>
       </c>
       <c r="Q52" s="4">
-        <v>17.41</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>63.78</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>65</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4385,54 +4385,54 @@
       <c r="I53" s="13" t="s">
         <v>195</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P53" s="4">
         <v>88.94</v>
       </c>
       <c r="Q53" s="4">
-        <v>53.46</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>60.11</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>65</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4480,54 +4480,54 @@
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="7" t="s">
         <v>272</v>
       </c>
       <c r="B55" s="7"/>
       <c r="C55" s="7"/>
       <c r="D55" s="7"/>
       <c r="E55" s="11"/>
       <c r="F55" s="7"/>
       <c r="G55" s="7"/>
       <c r="H55" s="14"/>
       <c r="I55" s="14"/>
       <c r="J55" s="14"/>
       <c r="K55" s="8"/>
       <c r="L55" s="8"/>
       <c r="M55" s="8"/>
       <c r="N55" s="8"/>
       <c r="O55" s="8">
         <v>1740.01</v>
       </c>
       <c r="P55" s="8">
-        <v>572.16</v>
+        <v>0</v>
       </c>
       <c r="Q55" s="8">
-        <v>32.88</v>
+        <v>0</v>
       </c>
       <c r="R55" s="8"/>
       <c r="S55" s="8"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A55:N55"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>