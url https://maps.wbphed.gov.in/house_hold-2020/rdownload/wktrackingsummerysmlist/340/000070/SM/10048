--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -407,63 +407,66 @@
   <si>
     <t>Office purpose computer bill payment.</t>
   </si>
   <si>
     <t>BILL/00431/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-300</t>
   </si>
   <si>
     <t>14/07/2023</t>
   </si>
   <si>
     <t>SRI KRISHNA COMPUTER</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation and extention of distribution pipe line through CWR under command area of Puncha Water Supply Scheme of Puncha Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Mouza Name:-Dhadki, Amalakanali)</t>
   </si>
   <si>
     <t>ORD/000397/2021-2022</t>
   </si>
   <si>
     <t>236/PS</t>
   </si>
   <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation &amp; Supplying &amp; laying of HDPE pipe through CWR for Distribution System of Puncha W/S Scheme of Purulia Sadar Sub_Division under Purulia Division PHE Dte. (Mouza-Tatari)</t>
   </si>
   <si>
     <t>ORD/000784/2022-2023</t>
   </si>
   <si>
     <t>1631/PD</t>
   </si>
   <si>
     <t>03/11/2022</t>
   </si>
   <si>
-    <t>18/12/2022</t>
+    <t>15/01/2026</t>
   </si>
   <si>
     <t>Laying of parallel line under command area of Puncha Water Supply Scheme of Puncha Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Laulara Mouza)</t>
   </si>
   <si>
     <t>ORD/001013/2022-2023</t>
   </si>
   <si>
     <t>180/PD</t>
   </si>
   <si>
     <t>07/02/2023</t>
   </si>
   <si>
     <t>24/03/2023</t>
   </si>
   <si>
     <t>MS D.PALIT AND CO.</t>
   </si>
   <si>
     <t>Construction of meter room, panel room, undercut pump house &amp; surface drain with other allied works at Puncha OHR Site (Bahadurpur) for Augmentation of Puncha W/S Scheme under Purulia Sadar Sub-Division, under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000055/2023-2024</t>
   </si>
@@ -656,102 +659,96 @@
   <si>
     <t>10/01/2026</t>
   </si>
   <si>
     <t>EASTERN INDIA SALES AND SERVICE</t>
   </si>
   <si>
     <t>Supply, delivery and installation of Open well Submersible pumping machinery with others electro-mechanical work at Puncha River site for Augmentation of Puncha PWSS under Purulia Mechanical Division, P.H.E. Dte. In district of Purulia.</t>
   </si>
   <si>
     <t>ORD/000756/2024-2025</t>
   </si>
   <si>
     <t>40/PMD</t>
   </si>
   <si>
     <t>10/01/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>S. PATHAK &amp; CO.</t>
   </si>
   <si>
-    <t>Daily Operation &amp; mtc. of rising main &amp; distribution system, sluice valve, street stand post etc. under Puncha W/S Scheme under Purulia Sadar Sub-Division, P.H.E. Dte. [For the period of 01.09.2022 to 31.08.2023]</t>
-[...16 lines deleted...]
-  <si>
     <t>Supply delivery and installation of Internal lighting and external lighting for Puncha w/s scheme(OHR Site) under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000438/2022-2023</t>
   </si>
   <si>
     <t>257/PMD</t>
   </si>
   <si>
     <t>16/08/2025</t>
   </si>
   <si>
     <t>Supply, Delivery and installation 125kva voltage stabilizer for Augmentation of Puncha(River Site) w/s scheme for under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000441/2022-2023</t>
   </si>
   <si>
     <t>260/PMD</t>
   </si>
   <si>
     <t>29/08/2025</t>
   </si>
   <si>
     <t>SEN BROTHERS</t>
   </si>
   <si>
     <t>Supply, Delivery and installation 60kva voltage stabilizer for Augmentation of Puncha w/s scheme(OHR Site) for under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000439/2022-2023</t>
   </si>
   <si>
     <t>258/PMD</t>
+  </si>
+  <si>
+    <t>Supply &amp; installation of Centrifugal pumping machinery with other allied works for Augmentation at Puncha w/s scheme(River Site) under PMD, PHE Dte. in the District of Purulia.</t>
+  </si>
+  <si>
+    <t>ORD/000048/2023-2024</t>
+  </si>
+  <si>
+    <t>517/PMD</t>
+  </si>
+  <si>
+    <t>07/02/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1875,54 +1872,54 @@
         <v>71</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P13" s="4">
         <v>4.31</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.66</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1934,54 +1931,54 @@
         <v>76</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P14" s="4">
         <v>4.48</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>94.91</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1993,54 +1990,54 @@
         <v>79</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P15" s="4">
         <v>22.83</v>
       </c>
       <c r="Q15" s="4">
-        <v>22.79</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>25</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2615,1248 +2612,1248 @@
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>128</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>63</v>
+        <v>131</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P26" s="4">
         <v>65.64</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>90</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P27" s="4">
         <v>53.02</v>
       </c>
       <c r="Q27" s="4">
-        <v>42.02</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>79.25</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>80</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K28" s="4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P28" s="4">
         <v>25.24</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P29" s="4">
         <v>14.24</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>60</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K30" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P30" s="4">
         <v>10.26</v>
       </c>
       <c r="Q30" s="4">
-        <v>10.15</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>98.96</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>80</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P31" s="4">
         <v>66.71</v>
       </c>
       <c r="Q31" s="4">
-        <v>17.38</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>26.06</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P32" s="4">
         <v>3.67</v>
       </c>
       <c r="Q32" s="4">
-        <v>3.64</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.28</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I33" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J33" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K33" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P33" s="4">
         <v>2.83</v>
       </c>
       <c r="Q33" s="4">
-        <v>2.73</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>96.34</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P34" s="4">
         <v>10.39</v>
       </c>
       <c r="Q34" s="4">
-        <v>7.2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>69.33</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P35" s="4">
         <v>0.77</v>
       </c>
       <c r="Q35" s="4">
         <v>0</v>
       </c>
       <c r="R35" s="4">
         <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P36" s="4">
         <v>11.46</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P37" s="4">
         <v>79.55</v>
       </c>
       <c r="Q37" s="4">
-        <v>18.32</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>23.03</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K38" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="L38" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P38" s="4">
         <v>112.05</v>
       </c>
       <c r="Q38" s="4">
-        <v>51.99</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>46.4</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>85</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I39" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J39" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P39" s="4">
         <v>36.41</v>
       </c>
       <c r="Q39" s="4">
-        <v>24.26</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>66.64</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>66</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I40" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J40" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K40" s="4" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="O40" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P40" s="4">
         <v>65.68</v>
       </c>
       <c r="Q40" s="4">
-        <v>35.56</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>54.15</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>36</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I41" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J41" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K41" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P41" s="4">
         <v>9.44</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I42" s="13" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="J42" s="13" t="s">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="K42" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L42" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>219</v>
+        <v>28</v>
       </c>
       <c r="P42" s="4">
-        <v>7.84</v>
+        <v>3.01</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
       <c r="S42" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="I43" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="J43" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="K43" s="4" t="s">
         <v>220</v>
       </c>
-      <c r="I43" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K43" s="4" t="s">
+      <c r="L43" s="4" t="s">
         <v>221</v>
       </c>
-      <c r="L43" s="4" t="s">
+      <c r="M43" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="N43" s="4" t="s">
         <v>222</v>
       </c>
-      <c r="M43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N43" s="4" t="s">
+      <c r="O43" s="4" t="s">
         <v>223</v>
       </c>
-      <c r="O43" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P43" s="4">
-        <v>3.01</v>
+        <v>13.61</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>224</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>225</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>226</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>228</v>
+        <v>28</v>
       </c>
       <c r="P44" s="4">
-        <v>13.61</v>
+        <v>7.71</v>
       </c>
       <c r="Q44" s="4">
-        <v>13.08</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>96.1</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
+        <v>227</v>
+      </c>
+      <c r="I45" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="K45" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="L45" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="I45" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K45" s="4" t="s">
+      <c r="M45" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="N45" s="4" t="s">
         <v>230</v>
       </c>
-      <c r="L45" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O45" s="4" t="s">
-        <v>28</v>
+        <v>156</v>
       </c>
       <c r="P45" s="4">
-        <v>7.71</v>
+        <v>50.41</v>
       </c>
       <c r="Q45" s="4">
-        <v>4.29</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>55.67</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="7" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="11"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="8"/>
       <c r="L46" s="8"/>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8">
-        <v>1579.45</v>
+        <v>1622.01</v>
       </c>
       <c r="P46" s="8">
-        <v>261.92</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="8">
-        <v>16.58</v>
+        <v>0</v>
       </c>
       <c r="R46" s="8"/>
       <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>