--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1542,54 +1542,54 @@
         <v>51</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P9" s="4">
         <v>88.48</v>
       </c>
       <c r="Q9" s="4">
-        <v>18.48</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>20.88</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1603,54 +1603,54 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>7.98</v>
       </c>
       <c r="Q10" s="4">
-        <v>7.97</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1662,54 +1662,54 @@
         <v>66</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="4">
         <v>26.74</v>
       </c>
       <c r="Q11" s="4">
-        <v>16.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>61.31</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1721,54 +1721,54 @@
         <v>71</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="4">
         <v>15.35</v>
       </c>
       <c r="Q12" s="4">
-        <v>11.51</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>85</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1782,54 +1782,54 @@
       <c r="I13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>10.24</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.23</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>80</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1841,54 +1841,54 @@
         <v>81</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>1.4</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1902,54 +1902,54 @@
       <c r="I15" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P15" s="4">
         <v>11.26</v>
       </c>
       <c r="Q15" s="4">
-        <v>11.26</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1963,54 +1963,54 @@
       <c r="I16" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P16" s="4">
         <v>9.64</v>
       </c>
       <c r="Q16" s="4">
-        <v>9.64</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2024,54 +2024,54 @@
       <c r="I17" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P17" s="4">
         <v>4.95</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2370,54 +2370,54 @@
       <c r="I23" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P23" s="4">
         <v>62.33</v>
       </c>
       <c r="Q23" s="4">
-        <v>54.15</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>86.87</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2431,54 +2431,54 @@
       <c r="I24" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>130</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P24" s="4">
         <v>11.58</v>
       </c>
       <c r="Q24" s="4">
-        <v>11.49</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.19</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>75</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2492,54 +2492,54 @@
       <c r="I25" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P25" s="4">
         <v>3.92</v>
       </c>
       <c r="Q25" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>95.29</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>30</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2553,54 +2553,54 @@
       <c r="I26" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P26" s="4">
         <v>67.56</v>
       </c>
       <c r="Q26" s="4">
-        <v>66.8</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.87</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>43</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2614,54 +2614,54 @@
       <c r="I27" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>147</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P27" s="4">
         <v>2.61</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.61</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2675,54 +2675,54 @@
       <c r="I28" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>154</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P28" s="4">
         <v>2.03</v>
       </c>
       <c r="Q28" s="4">
-        <v>1.91</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>93.85</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2736,54 +2736,54 @@
       <c r="I29" s="13" t="s">
         <v>161</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P29" s="4">
         <v>1.62</v>
       </c>
       <c r="Q29" s="4">
-        <v>1.61</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2797,54 +2797,54 @@
       <c r="I30" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P30" s="4">
         <v>1.71</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.71</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3037,54 +3037,54 @@
       <c r="I34" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>154</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P34" s="4">
         <v>356.15</v>
       </c>
       <c r="Q34" s="4">
-        <v>110.42</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3098,88 +3098,88 @@
       <c r="I35" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>196</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>197</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>198</v>
       </c>
       <c r="P35" s="4">
         <v>20.49</v>
       </c>
       <c r="Q35" s="4">
-        <v>19.3</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>94.19</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>199</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>1097.18</v>
       </c>
       <c r="P36" s="8">
-        <v>365.55</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>33.32</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>