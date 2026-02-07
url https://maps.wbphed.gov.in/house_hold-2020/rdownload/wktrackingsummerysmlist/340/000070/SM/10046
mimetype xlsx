--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1760,54 +1760,54 @@
         <v>49</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>18.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>18.11</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.81</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1878,54 +1878,54 @@
         <v>59</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="4">
         <v>9.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.5</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.26</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1937,54 +1937,54 @@
         <v>64</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P11" s="4">
         <v>95.27</v>
       </c>
       <c r="Q11" s="4">
-        <v>48.87</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>51.29</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1998,54 +1998,54 @@
       <c r="I12" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>156.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>100.58</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>64.13</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2057,54 +2057,54 @@
         <v>76</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P13" s="4">
         <v>39.68</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.23</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>10.67</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>25</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2297,54 +2297,54 @@
         <v>102</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P17" s="4">
         <v>21.93</v>
       </c>
       <c r="Q17" s="4">
-        <v>20.46</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.29</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2358,54 +2358,54 @@
       <c r="I18" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P18" s="4">
         <v>11.76</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>6.22</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2419,54 +2419,54 @@
       <c r="I19" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="4">
         <v>15.1</v>
       </c>
       <c r="Q19" s="4">
-        <v>13.55</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>89.74</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>91</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2879,54 +2879,54 @@
       <c r="I27" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P27" s="4">
         <v>261.89</v>
       </c>
       <c r="Q27" s="4">
-        <v>176.84</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>67.52</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>92</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2940,54 +2940,54 @@
       <c r="I28" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P28" s="4">
         <v>32.6</v>
       </c>
       <c r="Q28" s="4">
-        <v>13.04</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>39.99</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>70</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3001,54 +3001,54 @@
       <c r="I29" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P29" s="4">
         <v>147.95</v>
       </c>
       <c r="Q29" s="4">
-        <v>83.65</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>56.54</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>55</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3062,54 +3062,54 @@
       <c r="I30" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P30" s="4">
         <v>33.66</v>
       </c>
       <c r="Q30" s="4">
-        <v>10.22</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>30.38</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>55</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3123,54 +3123,54 @@
       <c r="I31" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P31" s="4">
         <v>34.58</v>
       </c>
       <c r="Q31" s="4">
-        <v>10.25</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>29.64</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>60</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3184,54 +3184,54 @@
       <c r="I32" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P32" s="4">
         <v>5.29</v>
       </c>
       <c r="Q32" s="4">
-        <v>3.37</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>63.73</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>60</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3306,54 +3306,54 @@
       <c r="I34" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="4">
         <v>95.14</v>
       </c>
       <c r="Q34" s="4">
-        <v>28.47</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>29.93</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>20</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3424,54 +3424,54 @@
       <c r="I36" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P36" s="4">
         <v>4.09</v>
       </c>
       <c r="Q36" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>97.79</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3485,54 +3485,54 @@
       <c r="I37" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P37" s="4">
         <v>74.71</v>
       </c>
       <c r="Q37" s="4">
-        <v>74.31</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.47</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3546,54 +3546,54 @@
       <c r="I38" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P38" s="4">
         <v>1.88</v>
       </c>
       <c r="Q38" s="4">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>72.41</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3607,54 +3607,54 @@
       <c r="I39" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P39" s="4">
         <v>3.27</v>
       </c>
       <c r="Q39" s="4">
-        <v>3.02</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>92.25</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3668,54 +3668,54 @@
       <c r="I40" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>208</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>209</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>210</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>212</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>213</v>
       </c>
       <c r="P40" s="4">
         <v>24.75</v>
       </c>
       <c r="Q40" s="4">
-        <v>5.38</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>21.73</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3729,54 +3729,54 @@
       <c r="I41" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P41" s="4">
         <v>14.21</v>
       </c>
       <c r="Q41" s="4">
-        <v>14.19</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>81</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3790,54 +3790,54 @@
       <c r="I42" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="4">
         <v>14.25</v>
       </c>
       <c r="Q42" s="4">
-        <v>14.23</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>65</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3851,54 +3851,54 @@
       <c r="I43" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="4">
         <v>18.27</v>
       </c>
       <c r="Q43" s="4">
-        <v>17.83</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>97.6</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3912,54 +3912,54 @@
       <c r="I44" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P44" s="4">
         <v>5.95</v>
       </c>
       <c r="Q44" s="4">
-        <v>5.77</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>96.99</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>70</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3973,54 +3973,54 @@
       <c r="I45" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>236</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>237</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P45" s="4">
         <v>9.17</v>
       </c>
       <c r="Q45" s="4">
-        <v>6.81</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>74.27</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4034,54 +4034,54 @@
       <c r="I46" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="P46" s="4">
         <v>5.29</v>
       </c>
       <c r="Q46" s="4">
-        <v>5.21</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>98.54</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4095,54 +4095,54 @@
       <c r="I47" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>244</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>245</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P47" s="4">
         <v>12.4</v>
       </c>
       <c r="Q47" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>86.45</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4388,54 +4388,54 @@
       <c r="I52" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>268</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="4">
         <v>136.58</v>
       </c>
       <c r="Q52" s="4">
-        <v>22.56</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>16.52</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>70</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4449,54 +4449,54 @@
       <c r="I53" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>272</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="4">
         <v>129.15</v>
       </c>
       <c r="Q53" s="4">
-        <v>29.24</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>22.64</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>70</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4510,54 +4510,54 @@
       <c r="I54" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>276</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="4">
         <v>107.69</v>
       </c>
       <c r="Q54" s="4">
-        <v>35.49</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>32.95</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>70</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4571,54 +4571,54 @@
       <c r="I55" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>280</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="4">
         <v>281.46</v>
       </c>
       <c r="Q55" s="4">
-        <v>161.01</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>57.21</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>82</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4727,54 +4727,54 @@
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="7" t="s">
         <v>290</v>
       </c>
       <c r="B58" s="7"/>
       <c r="C58" s="7"/>
       <c r="D58" s="7"/>
       <c r="E58" s="11"/>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="14"/>
       <c r="I58" s="14"/>
       <c r="J58" s="14"/>
       <c r="K58" s="8"/>
       <c r="L58" s="8"/>
       <c r="M58" s="8"/>
       <c r="N58" s="8"/>
       <c r="O58" s="8">
         <v>2357.13</v>
       </c>
       <c r="P58" s="8">
-        <v>953.02</v>
+        <v>0</v>
       </c>
       <c r="Q58" s="8">
-        <v>40.43</v>
+        <v>0</v>
       </c>
       <c r="R58" s="8"/>
       <c r="S58" s="8"/>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A58:N58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>