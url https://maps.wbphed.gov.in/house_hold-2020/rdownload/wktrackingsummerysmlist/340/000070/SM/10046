--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -209,66 +209,66 @@
   <si>
     <t>ORD/000390/2021-2022</t>
   </si>
   <si>
     <t>229/PD</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) and JAL SAPNA at different habitation and extention of distribution pipe line for Augmentation of Balarampur (Zone-II) W/S Scheme of Purulia Sadar Sub_Division under Purulia Division PHE Dte. [Part-M : TENTLOW(Part) MOUZA]</t>
   </si>
   <si>
     <t>ORD/000389/2021-2022</t>
   </si>
   <si>
     <t>228/PD</t>
   </si>
   <si>
     <t>11/03/2022</t>
   </si>
   <si>
     <t>ANUDIP SAHA</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM) and JAL SAPNA at different habitation and extention of distribution pipe line for Augmentation of Balarampur (Zone-II) W/S Scheme of Purulia Sadar Sub_Division under Purulia Division PHE Dte. [Part-E : SAPUA MOUZA]</t>
   </si>
   <si>
+    <t>Junior Engineer-3</t>
+  </si>
+  <si>
     <t>ORD/000074/2022-2023</t>
   </si>
   <si>
     <t>651/PD</t>
   </si>
   <si>
     <t>22/04/2022</t>
   </si>
   <si>
     <t>06/06/2022</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation and extention of distribution pipe line under augmentation of Balarampur W/S Scheme (Zone-I) of Purulia Sadar Sub_Division under Purulia Division PHE Dte. [Part-B : Water Supply through Direct pumping at Chhota Urma (Part), Namsol (Part) &amp; Amruhansa Mouza] (2nd Call)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer-3</t>
   </si>
   <si>
     <t>ORD/000349/2022-2023</t>
   </si>
   <si>
     <t>877/PD</t>
   </si>
   <si>
     <t>23/05/2022</t>
   </si>
   <si>
     <t>07/07/2022</t>
   </si>
   <si>
     <t>ANUP KUMAR SAHA</t>
   </si>
   <si>
     <t>Laying of parallel distribution pipeline for providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation under command area of Balarampur (Zone-II) Water Supply Scheme of Balarampur Block under Purulia Sadar Sub-Division,PHE Dte ( Mouza- SAPUA)</t>
   </si>
   <si>
     <t>ORD/000873/2022-2023</t>
   </si>
   <si>
     <t>1841/PD</t>
   </si>
@@ -1917,111 +1917,113 @@
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="J11" s="13"/>
+      <c r="J11" s="13" t="s">
+        <v>65</v>
+      </c>
       <c r="K11" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P11" s="4">
         <v>95.27</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>156.85</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
@@ -2337,51 +2339,51 @@
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>105</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P18" s="4">
         <v>11.76</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
@@ -2398,51 +2400,51 @@
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="4">
         <v>15.1</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
@@ -2858,51 +2860,51 @@
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
         <v>143</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P27" s="4">
         <v>261.89</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
@@ -2919,51 +2921,51 @@
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>149</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J28" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P28" s="4">
         <v>32.6</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
@@ -3163,51 +3165,51 @@
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
         <v>167</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J32" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P32" s="4">
         <v>5.29</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
@@ -3285,51 +3287,51 @@
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>178</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="4">
         <v>95.14</v>
       </c>
       <c r="Q34" s="4">
         <v>0</v>
       </c>
       <c r="R34" s="4">
         <v>0</v>
       </c>
@@ -3403,51 +3405,51 @@
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>188</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J36" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P36" s="4">
         <v>4.09</v>
       </c>
       <c r="Q36" s="4">
         <v>0</v>
       </c>
       <c r="R36" s="4">
         <v>0</v>
       </c>
@@ -3525,51 +3527,51 @@
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
         <v>197</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J38" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P38" s="4">
         <v>1.88</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
@@ -3586,51 +3588,51 @@
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
         <v>201</v>
       </c>
       <c r="I39" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J39" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P39" s="4">
         <v>3.27</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
@@ -3708,51 +3710,51 @@
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
         <v>214</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J41" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P41" s="4">
         <v>14.21</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
@@ -3769,51 +3771,51 @@
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="13" t="s">
         <v>219</v>
       </c>
       <c r="I42" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J42" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="4">
         <v>14.25</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
@@ -3830,51 +3832,51 @@
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
         <v>222</v>
       </c>
       <c r="I43" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J43" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="4">
         <v>18.27</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
@@ -3891,51 +3893,51 @@
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>227</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="P44" s="4">
         <v>5.95</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
@@ -3952,51 +3954,51 @@
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
         <v>233</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>236</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>237</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P45" s="4">
         <v>9.17</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
@@ -4013,51 +4015,51 @@
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
         <v>238</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J46" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="P46" s="4">
         <v>5.29</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
@@ -4074,51 +4076,51 @@
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
         <v>243</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J47" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>244</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>245</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P47" s="4">
         <v>12.4</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
@@ -4306,51 +4308,51 @@
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="13" t="s">
         <v>260</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J51" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P51" s="4">
         <v>70.99</v>
       </c>
       <c r="Q51" s="4">
         <v>0</v>
       </c>
       <c r="R51" s="4">
         <v>0</v>
       </c>
@@ -4367,51 +4369,51 @@
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H52" s="13" t="s">
         <v>264</v>
       </c>
       <c r="I52" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J52" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>268</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="4">
         <v>136.58</v>
       </c>
       <c r="Q52" s="4">
         <v>0</v>
       </c>
       <c r="R52" s="4">
         <v>0</v>
       </c>
@@ -4428,51 +4430,51 @@
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="13" t="s">
         <v>269</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J53" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>272</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="4">
         <v>129.15</v>
       </c>
       <c r="Q53" s="4">
         <v>0</v>
       </c>
       <c r="R53" s="4">
         <v>0</v>
       </c>
@@ -4489,51 +4491,51 @@
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="13" t="s">
         <v>273</v>
       </c>
       <c r="I54" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J54" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>274</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>275</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>276</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="4">
         <v>107.69</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
@@ -4550,51 +4552,51 @@
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H55" s="13" t="s">
         <v>277</v>
       </c>
       <c r="I55" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J55" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>280</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="4">
         <v>281.46</v>
       </c>
       <c r="Q55" s="4">
         <v>0</v>
       </c>
       <c r="R55" s="4">
         <v>0</v>
       </c>
@@ -4611,51 +4613,51 @@
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H56" s="13" t="s">
         <v>281</v>
       </c>
       <c r="I56" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J56" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>236</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>284</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="4">
         <v>7.96</v>
       </c>
       <c r="Q56" s="4">
         <v>0</v>
       </c>
       <c r="R56" s="4">
         <v>0</v>
       </c>
@@ -4672,51 +4674,51 @@
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="13" t="s">
         <v>285</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J57" s="13" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>286</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>287</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>288</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>289</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P57" s="4">
         <v>8.19</v>
       </c>
       <c r="Q57" s="4">
         <v>0</v>
       </c>
       <c r="R57" s="4">
         <v>0</v>
       </c>