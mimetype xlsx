--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -563,102 +563,99 @@
   <si>
     <t>BILL/00112/2024-2025</t>
   </si>
   <si>
     <t>BP-24-25-14</t>
   </si>
   <si>
     <t>24/05/2024</t>
   </si>
   <si>
     <t>Bill for Load Enhancement for Aug of Ramchandrapur W/S Scheme.</t>
   </si>
   <si>
     <t>BILL/00433/2023-2024</t>
   </si>
   <si>
     <t>BP-23-24-226</t>
   </si>
   <si>
     <t>05/12/2023</t>
   </si>
   <si>
     <t>WBSEDCL PURULIA</t>
   </si>
   <si>
-    <t>Supplying, laying different dia HDPE and DI pipe including Functional House Hold Tap Connection (FHTC) for Distribution System (Zone-I) of augmentation of Ramchandrapur W/S Scheme under Raghunathpur Sub-Division under Purulia Division, PHE Dte. (SL No. 1)</t>
-[...13 lines deleted...]
-  <si>
     <t>Laying of 200 mm dia DI pipe for Rising Main including allied works of Ramchandrapur W/S Scheme under Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000174/2022-2023</t>
   </si>
   <si>
     <t>791/PD</t>
   </si>
   <si>
     <t>05/05/2022</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>Supply delivery and installation of VT pump motor , MCC Panel and other electromechanical equipment's for Raw water intake pump house at Augmentation of Ramchandrapur PWSS, Block: Santuri, Under Purulia Mechanical Division PHE Dte Dist- Purulia.</t>
   </si>
   <si>
     <t>ORD/000255/2022-2023</t>
   </si>
   <si>
     <t>46/PMD</t>
   </si>
   <si>
     <t>19/01/2023</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>Supply, delivery and installation of Vertical multistage centrifugal pump motor sets , Panel , Flow meter and all electro mechanical equipments at Augmentation of Ramchandrapur water supply scheme for direct pumping Block- Santuri, under Purulia Mechanical Division PHE Dte. Dist- Purulia.</t>
   </si>
   <si>
     <t>ORD/000308/2022-2023</t>
   </si>
   <si>
     <t>96/PMD</t>
+  </si>
+  <si>
+    <t>Construction of Boundary wall, RCC Pillar, gate, Barbed wire at Ramchandrapur CWR,Pump House Campus (Zone -II ) under Ramchandrapur W/S Scheme under Raghunathpur Sub-Division, P.H.E. Dte. (Total length of Boundary Wall 217.00 mtr.)</t>
+  </si>
+  <si>
+    <t>ORD/000915/2022-2023</t>
+  </si>
+  <si>
+    <t>1923/PD</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3033,277 +3030,277 @@
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>183</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>38</v>
+        <v>143</v>
       </c>
       <c r="P34" s="4">
-        <v>390.75</v>
+        <v>12.83</v>
       </c>
       <c r="Q34" s="4">
-        <v>213.6</v>
+        <v>5.92</v>
       </c>
       <c r="R34" s="4">
-        <v>54.67</v>
+        <v>46.15</v>
       </c>
       <c r="S34" s="4">
-        <v>85</v>
+        <v>50</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
         <v>188</v>
       </c>
       <c r="I35" s="13" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="P35" s="4">
-        <v>12.83</v>
+        <v>65.49</v>
       </c>
       <c r="Q35" s="4">
-        <v>5.92</v>
+        <v>35.92</v>
       </c>
       <c r="R35" s="4">
-        <v>46.15</v>
+        <v>54.85</v>
       </c>
       <c r="S35" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>193</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>196</v>
+        <v>65</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P36" s="4">
-        <v>65.49</v>
+        <v>51.14</v>
       </c>
       <c r="Q36" s="4">
-        <v>35.92</v>
+        <v>36.49</v>
       </c>
       <c r="R36" s="4">
-        <v>54.85</v>
+        <v>71.35</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="I37" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="J37" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K37" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="L37" s="4" t="s">
         <v>198</v>
       </c>
-      <c r="I37" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K37" s="4" t="s">
+      <c r="M37" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="N37" s="4" t="s">
         <v>199</v>
       </c>
-      <c r="L37" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O37" s="4" t="s">
-        <v>164</v>
+        <v>43</v>
       </c>
       <c r="P37" s="4">
-        <v>51.14</v>
+        <v>21.27</v>
       </c>
       <c r="Q37" s="4">
-        <v>36.49</v>
+        <v>16.7</v>
       </c>
       <c r="R37" s="4">
-        <v>71.35</v>
+        <v>78.52</v>
       </c>
       <c r="S37" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
-        <v>1691.26</v>
+        <v>1321.78</v>
       </c>
       <c r="P38" s="8">
-        <v>925.88</v>
+        <v>728.98</v>
       </c>
       <c r="Q38" s="8">
-        <v>54.74</v>
+        <v>55.15</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>