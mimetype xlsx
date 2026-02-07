--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1207,54 +1207,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>20.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.5</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1437,54 +1437,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>68.57</v>
       </c>
       <c r="Q7" s="4">
-        <v>68.57</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1498,54 +1498,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>9.48</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.13</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.34</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>55</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1559,54 +1559,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>1.92</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.27</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>66.14</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1618,54 +1618,54 @@
         <v>68</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>36.04</v>
       </c>
       <c r="Q10" s="4">
-        <v>21.11</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>58.57</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>20</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1679,54 +1679,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P11" s="4">
         <v>6.31</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.38</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>69.42</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>40</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1738,54 +1738,54 @@
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P12" s="4">
         <v>4.59</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>91.05</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>25</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1799,54 +1799,54 @@
       <c r="I13" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P13" s="4">
         <v>10.63</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.62</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1858,54 +1858,54 @@
         <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>1.4</v>
       </c>
       <c r="Q14" s="4">
-        <v>1.06</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>75.47</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>80</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1919,54 +1919,54 @@
       <c r="I15" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>4.15</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>95.83</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1980,54 +1980,54 @@
       <c r="I16" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P16" s="4">
         <v>16.75</v>
       </c>
       <c r="Q16" s="4">
-        <v>13.85</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>82.71</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2383,54 +2383,54 @@
       <c r="I23" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>126</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P23" s="4">
         <v>67.71</v>
       </c>
       <c r="Q23" s="4">
-        <v>5.47</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>8.09</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>45</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2503,54 +2503,54 @@
       <c r="I25" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>195.98</v>
       </c>
       <c r="Q25" s="4">
-        <v>170.16</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>86.83</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2564,54 +2564,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P26" s="4">
         <v>34.04</v>
       </c>
       <c r="Q26" s="4">
-        <v>33.54</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.54</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2625,54 +2625,54 @@
       <c r="I27" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P27" s="4">
         <v>316.96</v>
       </c>
       <c r="Q27" s="4">
-        <v>250.64</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>79.07</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2686,54 +2686,54 @@
       <c r="I28" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P28" s="4">
         <v>17.72</v>
       </c>
       <c r="Q28" s="4">
-        <v>15.47</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>87.28</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3036,54 +3036,54 @@
       <c r="I34" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>184</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>185</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>186</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>187</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P34" s="4">
         <v>12.83</v>
       </c>
       <c r="Q34" s="4">
-        <v>5.92</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>46.15</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>50</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3097,54 +3097,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P35" s="4">
         <v>65.49</v>
       </c>
       <c r="Q35" s="4">
-        <v>35.92</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>54.85</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3158,54 +3158,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P36" s="4">
         <v>51.14</v>
       </c>
       <c r="Q36" s="4">
-        <v>36.49</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>71.35</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3219,88 +3219,88 @@
       <c r="I37" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P37" s="4">
         <v>21.27</v>
       </c>
       <c r="Q37" s="4">
-        <v>16.7</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>78.52</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>80</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>1321.78</v>
       </c>
       <c r="P38" s="8">
-        <v>728.98</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>55.15</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>