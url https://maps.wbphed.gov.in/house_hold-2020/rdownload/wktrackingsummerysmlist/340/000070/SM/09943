--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1153,54 +1153,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>20.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>57.13</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1780,54 +1780,54 @@
         <v>77</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P14" s="4">
         <v>78.3</v>
       </c>
       <c r="Q14" s="4">
-        <v>9.15</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>11.68</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>85</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1839,54 +1839,54 @@
         <v>83</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P15" s="4">
         <v>13.88</v>
       </c>
       <c r="Q15" s="4">
-        <v>6.88</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>49.61</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>65</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2018,54 +2018,54 @@
         <v>97</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P18" s="4">
         <v>7.43</v>
       </c>
       <c r="Q18" s="4">
-        <v>6.75</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>90.88</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2077,54 +2077,54 @@
         <v>102</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>4.39</v>
       </c>
       <c r="Q19" s="4">
-        <v>3.75</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>85.34</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>90</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2136,54 +2136,54 @@
         <v>108</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P20" s="4">
         <v>4.69</v>
       </c>
       <c r="Q20" s="4">
-        <v>3.97</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>84.68</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2195,54 +2195,54 @@
         <v>113</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P21" s="4">
         <v>14.41</v>
       </c>
       <c r="Q21" s="4">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.64</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2254,54 +2254,54 @@
         <v>118</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P22" s="4">
         <v>13.25</v>
       </c>
       <c r="Q22" s="4">
-        <v>13.25</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2313,54 +2313,54 @@
         <v>125</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P23" s="4">
         <v>2.64</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2374,54 +2374,54 @@
       <c r="I24" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P24" s="4">
         <v>4.2</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2435,54 +2435,54 @@
       <c r="I25" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P25" s="4">
         <v>5.79</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.78</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2492,54 +2492,54 @@
       </c>
       <c r="H26" s="13" t="s">
         <v>141</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P26" s="4">
         <v>18.95</v>
       </c>
       <c r="Q26" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>29.33</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2614,54 +2614,54 @@
       <c r="I28" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P28" s="4">
         <v>18.04</v>
       </c>
       <c r="Q28" s="4">
-        <v>18.03</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.93</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2846,54 +2846,54 @@
       <c r="I32" s="13" t="s">
         <v>78</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P32" s="4">
         <v>8.16</v>
       </c>
       <c r="Q32" s="4">
-        <v>8.03</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>98.4</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2907,54 +2907,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P33" s="4">
         <v>24.65</v>
       </c>
       <c r="Q33" s="4">
-        <v>22.9</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>92.87</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2966,88 +2966,88 @@
         <v>178</v>
       </c>
       <c r="I34" s="13"/>
       <c r="J34" s="13" t="s">
         <v>119</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P34" s="4">
         <v>49.6</v>
       </c>
       <c r="Q34" s="4">
-        <v>45.64</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>92.02</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>182</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>481.01</v>
       </c>
       <c r="P35" s="8">
-        <v>182.45</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>37.93</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>