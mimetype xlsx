--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1202,54 +1202,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>8.54</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.11</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>95.03</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1263,54 +1263,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>7.19</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.94</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1381,54 +1381,54 @@
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P9" s="4">
         <v>5.27</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.38</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>83.21</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1442,54 +1442,54 @@
       <c r="I10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>29.49</v>
       </c>
       <c r="Q10" s="4">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>17.97</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1501,54 +1501,54 @@
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P11" s="4">
         <v>5.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.32</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1562,54 +1562,54 @@
       <c r="I12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>20.5</v>
       </c>
       <c r="Q12" s="4">
-        <v>20.49</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1849,54 +1849,54 @@
       <c r="I17" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P17" s="4">
         <v>22.36</v>
       </c>
       <c r="Q17" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>11.75</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1910,54 +1910,54 @@
       <c r="I18" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>10.39</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.39</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1971,54 +1971,54 @@
       <c r="I19" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>6.37</v>
       </c>
       <c r="Q19" s="4">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>94.47</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2032,54 +2032,54 @@
       <c r="I20" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P20" s="4">
         <v>0.89</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2093,54 +2093,54 @@
       <c r="I21" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>4.23</v>
       </c>
       <c r="Q21" s="4">
-        <v>3.11</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>73.73</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2154,54 +2154,54 @@
       <c r="I22" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P22" s="4">
         <v>0.74</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2333,88 +2333,88 @@
       <c r="I25" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P25" s="4">
         <v>46.44</v>
       </c>
       <c r="Q25" s="4">
-        <v>32.04</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>68.99</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>72</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>257.82</v>
       </c>
       <c r="P26" s="8">
-        <v>106.4</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>41.27</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>