--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -2095,54 +2095,54 @@
       <c r="I17" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P17" s="4">
         <v>5.95</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>83.97</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2394,54 +2394,54 @@
         <v>105</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P22" s="4">
         <v>4.97</v>
       </c>
       <c r="Q22" s="4">
-        <v>1.52</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>30.62</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>95</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2512,54 +2512,54 @@
         <v>111</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P24" s="4">
         <v>4.8</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.44</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>92.4</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>95</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2571,54 +2571,54 @@
         <v>114</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P25" s="4">
         <v>4.46</v>
       </c>
       <c r="Q25" s="4">
-        <v>3.67</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>82.24</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2630,54 +2630,54 @@
         <v>119</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P26" s="4">
         <v>5</v>
       </c>
       <c r="Q26" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>96.25</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2691,54 +2691,54 @@
       <c r="I27" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P27" s="4">
         <v>20.57</v>
       </c>
       <c r="Q27" s="4">
-        <v>20.56</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>98</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2752,54 +2752,54 @@
       <c r="I28" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P28" s="4">
         <v>20.48</v>
       </c>
       <c r="Q28" s="4">
-        <v>20.45</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2813,54 +2813,54 @@
       <c r="I29" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>127</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P29" s="4">
         <v>20.51</v>
       </c>
       <c r="Q29" s="4">
-        <v>20.51</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2872,54 +2872,54 @@
         <v>138</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P30" s="4">
         <v>4.76</v>
       </c>
       <c r="Q30" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>81.19</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>95</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2931,54 +2931,54 @@
         <v>144</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P31" s="4">
         <v>8.91</v>
       </c>
       <c r="Q31" s="4">
-        <v>8.27</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>92.85</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>96</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2992,54 +2992,54 @@
       <c r="I32" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P32" s="4">
         <v>9.05</v>
       </c>
       <c r="Q32" s="4">
-        <v>9.05</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3053,54 +3053,54 @@
       <c r="I33" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P33" s="4">
         <v>4.34</v>
       </c>
       <c r="Q33" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3114,54 +3114,54 @@
       <c r="I34" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P34" s="4">
         <v>3.19</v>
       </c>
       <c r="Q34" s="4">
-        <v>3.19</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3413,54 +3413,54 @@
       <c r="I39" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P39" s="4">
         <v>2.46</v>
       </c>
       <c r="Q39" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>95.67</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3474,54 +3474,54 @@
       <c r="I40" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P40" s="4">
         <v>2.56</v>
       </c>
       <c r="Q40" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>93.52</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3535,54 +3535,54 @@
       <c r="I41" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P41" s="4">
         <v>2.45</v>
       </c>
       <c r="Q41" s="4">
-        <v>2.07</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>84.75</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3596,54 +3596,54 @@
       <c r="I42" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P42" s="4">
         <v>2.5</v>
       </c>
       <c r="Q42" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>94.03</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3657,54 +3657,54 @@
       <c r="I43" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>201</v>
       </c>
       <c r="P43" s="4">
         <v>14.14</v>
       </c>
       <c r="Q43" s="4">
-        <v>14.13</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3718,54 +3718,54 @@
       <c r="I44" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P44" s="4">
         <v>18.72</v>
       </c>
       <c r="Q44" s="4">
-        <v>18.68</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3779,54 +3779,54 @@
       <c r="I45" s="13" t="s">
         <v>207</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P45" s="4">
         <v>7.12</v>
       </c>
       <c r="Q45" s="4">
-        <v>7.12</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -3840,54 +3840,54 @@
       <c r="I46" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P46" s="4">
         <v>18.17</v>
       </c>
       <c r="Q46" s="4">
-        <v>18.09</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -3901,54 +3901,54 @@
       <c r="I47" s="13" t="s">
         <v>74</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>221</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P47" s="4">
         <v>11.17</v>
       </c>
       <c r="Q47" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>98.44</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -3962,88 +3962,88 @@
       <c r="I48" s="13" t="s">
         <v>123</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>124</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P48" s="4">
         <v>20.43</v>
       </c>
       <c r="Q48" s="4">
-        <v>13.93</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>68.21</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="7" t="s">
         <v>228</v>
       </c>
       <c r="B49" s="7"/>
       <c r="C49" s="7"/>
       <c r="D49" s="7"/>
       <c r="E49" s="11"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
       <c r="N49" s="8"/>
       <c r="O49" s="8">
         <v>347.44</v>
       </c>
       <c r="P49" s="8">
-        <v>201.79</v>
+        <v>0</v>
       </c>
       <c r="Q49" s="8">
-        <v>58.08</v>
+        <v>0</v>
       </c>
       <c r="R49" s="8"/>
       <c r="S49" s="8"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A49:N49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>