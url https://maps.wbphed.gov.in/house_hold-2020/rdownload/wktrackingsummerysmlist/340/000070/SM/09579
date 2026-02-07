--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -584,84 +584,84 @@
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>06/03/2024</t>
   </si>
   <si>
     <t>Supply, delivery and installation of MCC panel at Sutaboi Water Supply Scheme under Purulia Mechanical Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000486/2023-2024</t>
   </si>
   <si>
     <t>193/PMD</t>
   </si>
   <si>
     <t>16/02/2024</t>
   </si>
   <si>
     <t>02/03/2024</t>
   </si>
   <si>
     <t>SUJIT MUKHERJEE</t>
   </si>
   <si>
+    <t>Supply, delivery and installation of Centrifugal pumping machinery with other allied work at River site of Augmentation of Sutaboi water supply scheme under Purulia Mechanical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000046/2024-2025</t>
+  </si>
+  <si>
+    <t>965/PMD</t>
+  </si>
+  <si>
+    <t>20/06/2024</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>NUPUR CHANDRA HALDER</t>
+  </si>
+  <si>
     <t>Functional Household Tap Connection (FHTC) including other allied works of Sutaboi Water Supply Scheme under zone-I &amp; zone-ii at Kashipur Block of Raghunathpur Sub Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer-2</t>
   </si>
   <si>
     <t>ORD/000635/2022-2023</t>
   </si>
   <si>
     <t>1403/PD</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>01/07/2025</t>
-  </si>
-[...16 lines deleted...]
-    <t>NUPUR CHANDRA HALDER</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1669,54 +1669,54 @@
       <c r="I11" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P11" s="4">
         <v>10.24</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.19</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.55</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1730,54 +1730,54 @@
       <c r="I12" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P12" s="4">
         <v>13.89</v>
       </c>
       <c r="Q12" s="4">
-        <v>11.26</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>81.11</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1850,54 +1850,54 @@
       <c r="I14" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P14" s="4">
         <v>20.48</v>
       </c>
       <c r="Q14" s="4">
-        <v>20.47</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>96</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1970,54 +1970,54 @@
       <c r="I16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P16" s="4">
         <v>20.47</v>
       </c>
       <c r="Q16" s="4">
-        <v>20.46</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>96</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2031,54 +2031,54 @@
       <c r="I17" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P17" s="4">
         <v>41.88</v>
       </c>
       <c r="Q17" s="4">
-        <v>22.46</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>53.63</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2090,54 +2090,54 @@
         <v>97</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>5.06</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2151,54 +2151,54 @@
       <c r="I19" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P19" s="4">
         <v>11.43</v>
       </c>
       <c r="Q19" s="4">
-        <v>5.99</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>52.42</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2212,54 +2212,54 @@
       <c r="I20" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P20" s="4">
         <v>71.28</v>
       </c>
       <c r="Q20" s="4">
-        <v>64.48</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>90.46</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2273,54 +2273,54 @@
       <c r="I21" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>5.88</v>
       </c>
       <c r="Q21" s="4">
-        <v>5.45</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>92.68</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
       <c r="I22" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P22" s="4">
         <v>5.95</v>
       </c>
       <c r="Q22" s="4">
-        <v>5.48</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>92.18</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2395,54 +2395,54 @@
       <c r="I23" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P23" s="4">
         <v>2.74</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>87.32</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2456,54 +2456,54 @@
       <c r="I24" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P24" s="4">
         <v>5.81</v>
       </c>
       <c r="Q24" s="4">
-        <v>5.28</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>90.9</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2865,54 +2865,54 @@
       <c r="I31" s="13" t="s">
         <v>164</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P31" s="4">
         <v>18.17</v>
       </c>
       <c r="Q31" s="4">
-        <v>17.56</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>96.66</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2926,54 +2926,54 @@
       <c r="I32" s="13" t="s">
         <v>164</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P32" s="4">
         <v>4.85</v>
       </c>
       <c r="Q32" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2987,54 +2987,54 @@
       <c r="I33" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P33" s="4">
         <v>1.86</v>
       </c>
       <c r="Q33" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>32.48</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3048,54 +3048,54 @@
       <c r="I34" s="13" t="s">
         <v>179</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P34" s="4">
         <v>0.96</v>
       </c>
       <c r="Q34" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3109,210 +3109,210 @@
       <c r="I35" s="13" t="s">
         <v>179</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P35" s="4">
         <v>0.64</v>
       </c>
       <c r="Q35" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>190</v>
       </c>
       <c r="I36" s="13" t="s">
-        <v>59</v>
+        <v>179</v>
       </c>
       <c r="J36" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K36" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="K36" s="4" t="s">
+      <c r="L36" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="L36" s="4" t="s">
+      <c r="M36" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="M36" s="4" t="s">
+      <c r="N36" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="N36" s="4" t="s">
+      <c r="O36" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="O36" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P36" s="4">
-        <v>85.35</v>
+        <v>20.18</v>
       </c>
       <c r="Q36" s="4">
-        <v>46.29</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>54.24</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
         <v>196</v>
       </c>
       <c r="I37" s="13" t="s">
-        <v>179</v>
+        <v>59</v>
       </c>
       <c r="J37" s="13" t="s">
-        <v>78</v>
+        <v>197</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>201</v>
+        <v>40</v>
       </c>
       <c r="P37" s="4">
-        <v>20.18</v>
+        <v>85.35</v>
       </c>
       <c r="Q37" s="4">
         <v>0</v>
       </c>
       <c r="R37" s="4">
         <v>0</v>
       </c>
       <c r="S37" s="4">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>202</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>575.25</v>
       </c>
       <c r="P38" s="8">
-        <v>249.81</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>43.43</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>