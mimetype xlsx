--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -621,50 +621,98 @@
     <t>M/S S.G.ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of parallel line &amp; Branch line under command area of Sirkabad Water Supply Scheme of Arsha Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte (Aharrah Mouza)</t>
   </si>
   <si>
     <t>ORD/001054/2022-2023</t>
   </si>
   <si>
     <t>286/PD</t>
   </si>
   <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>11/07/2024</t>
   </si>
   <si>
     <t>Supply delivery and installation of Centrifugal pumping machineries with necessary substitutes and allied works at Augmentation of SIRKABAD W/S scheme under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000444/2022-2023</t>
   </si>
   <si>
     <t>263/PMD</t>
+  </si>
+  <si>
+    <t>Supply and lowering of submersible pump motor sets at newly constructed River Bed Tubewell with supply of necessary substitute at Sirkabad water supply scheme under PMD, PHE Dte. in the District of Purulia</t>
+  </si>
+  <si>
+    <t>ORD/000025/2023-2024</t>
+  </si>
+  <si>
+    <t>410/PMD</t>
+  </si>
+  <si>
+    <t>10/04/2023</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>Supply delivery and installation of Flowmeter at Sirkabad water supply scheme under , PMD, PHE;Dte</t>
+  </si>
+  <si>
+    <t>ORD/000035/2023-2024</t>
+  </si>
+  <si>
+    <t>440/PMD</t>
+  </si>
+  <si>
+    <t>19/04/2023</t>
+  </si>
+  <si>
+    <t>BISHWANATH NANDI</t>
+  </si>
+  <si>
+    <t>Repairing of Pump house, Chlorine room, Toilet &amp; Construction of Boundary wall and Other allied works at Sirkabad Riversite Site under Sirkabad W/S Scheme under Purulia Sadar Sub Division under Purulia Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000084/2023-2024</t>
+  </si>
+  <si>
+    <t>840/PD</t>
+  </si>
+  <si>
+    <t>26/06/2023</t>
+  </si>
+  <si>
+    <t>23/09/2024</t>
+  </si>
+  <si>
+    <t>SK ABBAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1053,51 +1101,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1214,54 +1262,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>190.82</v>
       </c>
       <c r="Q3" s="4">
-        <v>46.35</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>24.29</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>95</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1275,54 +1323,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>20.89</v>
       </c>
       <c r="Q4" s="4">
-        <v>20.58</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.51</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1792,54 +1840,54 @@
         <v>76</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P13" s="4">
         <v>12.95</v>
       </c>
       <c r="Q13" s="4">
-        <v>7.9</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1910,54 +1958,54 @@
         <v>86</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P15" s="4">
         <v>9</v>
       </c>
       <c r="Q15" s="4">
-        <v>8.98</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2028,54 +2076,54 @@
         <v>95</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>13.92</v>
       </c>
       <c r="Q17" s="4">
-        <v>12.1</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>86.94</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>90</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2089,54 +2137,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P18" s="4">
         <v>45.46</v>
       </c>
       <c r="Q18" s="4">
-        <v>45.44</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2150,54 +2198,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P19" s="4">
         <v>6.82</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>71.54</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>60</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2211,54 +2259,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P20" s="4">
         <v>0.96</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2272,54 +2320,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P21" s="4">
         <v>0.85</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.85</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2622,54 +2670,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P27" s="4">
         <v>71.76</v>
       </c>
       <c r="Q27" s="4">
-        <v>38.3</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>53.37</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2683,54 +2731,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P28" s="4">
         <v>44.91</v>
       </c>
       <c r="Q28" s="4">
-        <v>44.41</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>98.89</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2744,54 +2792,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P29" s="4">
         <v>26.71</v>
       </c>
       <c r="Q29" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>25.98</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2805,54 +2853,54 @@
       <c r="I30" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P30" s="4">
         <v>12.75</v>
       </c>
       <c r="Q30" s="4">
-        <v>9.4</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>73.69</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>75</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2866,54 +2914,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P31" s="4">
         <v>80.83</v>
       </c>
       <c r="Q31" s="4">
-        <v>23.64</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>29.25</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2927,54 +2975,54 @@
       <c r="I32" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P32" s="4">
         <v>3.88</v>
       </c>
       <c r="Q32" s="4">
-        <v>3.53</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>90.95</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>70</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2988,54 +3036,54 @@
       <c r="I33" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P33" s="4">
         <v>11.2</v>
       </c>
       <c r="Q33" s="4">
-        <v>10.67</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>95.23</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>80</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3228,54 +3276,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P37" s="4">
         <v>8.44</v>
       </c>
       <c r="Q37" s="4">
-        <v>6.21</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>73.65</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3289,101 +3337,284 @@
       <c r="I38" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P38" s="4">
         <v>56.33</v>
       </c>
       <c r="Q38" s="4">
-        <v>34.99</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>62.12</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>70</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
-      <c r="A39" s="7" t="s">
+      <c r="A39" s="3">
+        <v>37</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="13" t="s">
         <v>203</v>
       </c>
-      <c r="B39" s="7"/>
-[...22 lines deleted...]
-      <c r="S39" s="8"/>
+      <c r="I39" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="N39" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="O39" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="P39" s="4">
+        <v>26.76</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>0</v>
+      </c>
+      <c r="R39" s="4">
+        <v>0</v>
+      </c>
+      <c r="S39" s="4">
+        <v>40</v>
+      </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
+    <row r="40" spans="1:23">
+      <c r="A40" s="3">
+        <v>38</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="O40" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="P40" s="4">
+        <v>4.67</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>0</v>
+      </c>
+      <c r="S40" s="4">
+        <v>80</v>
+      </c>
+      <c r="T40" s="1"/>
+      <c r="U40" s="1"/>
+      <c r="V40" s="1"/>
+      <c r="W40" s="1"/>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" s="3">
+        <v>39</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="N41" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="O41" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="P41" s="4">
+        <v>15.07</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>0</v>
+      </c>
+      <c r="R41" s="4">
+        <v>0</v>
+      </c>
+      <c r="S41" s="4">
+        <v>100</v>
+      </c>
+      <c r="T41" s="1"/>
+      <c r="U41" s="1"/>
+      <c r="V41" s="1"/>
+      <c r="W41" s="1"/>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="14"/>
+      <c r="I42" s="14"/>
+      <c r="J42" s="14"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+      <c r="N42" s="8"/>
+      <c r="O42" s="8">
+        <v>1077.76</v>
+      </c>
+      <c r="P42" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q42" s="8">
+        <v>0</v>
+      </c>
+      <c r="R42" s="8"/>
+      <c r="S42" s="8"/>
+      <c r="T42" s="1"/>
+      <c r="U42" s="1"/>
+      <c r="V42" s="1"/>
+      <c r="W42" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A39:N39"/>
+    <mergeCell ref="A42:N42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>