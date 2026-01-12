--- v0 (2025-12-13)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -489,68 +489,50 @@
     <t>Full deposit scheme for Chitmu water pump under Jhalda CCC</t>
   </si>
   <si>
     <t>BILL/00253/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-147</t>
   </si>
   <si>
     <t>15/09/2023</t>
   </si>
   <si>
     <t>Sinking of 200mmX165mm tubewell with installation of submersible pumping machinery, Cable and other works for Augmentation of Chitmu w/s scheme under PMD, PHE Dte. in the District of Purulia.</t>
   </si>
   <si>
     <t>ORD/000617/2024-2025</t>
   </si>
   <si>
     <t>1537/PMD</t>
   </si>
   <si>
     <t>11/11/2024</t>
   </si>
   <si>
     <t>10/01/2025</t>
-  </si>
-[...16 lines deleted...]
-    <t>BHAGABAN DAS KUMAR</t>
   </si>
   <si>
     <t>ORD/000405/2021-2022</t>
   </si>
   <si>
     <t>284/PD</t>
   </si>
   <si>
     <t>17/02/2022</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
   <si>
     <t>Supply delivery installation of 1kg/hr gaseous chlorination system at Augmentation of Chitmu Water Supply scheme Block Jhalda-II under PMD PHE Dte. District Purulia.</t>
   </si>
   <si>
     <t>ORD/000083/2021-2022</t>
   </si>
   <si>
     <t>168/PMD</t>
   </si>
   <si>
     <t>07/03/2022</t>
   </si>
@@ -969,51 +951,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W32"/>
+  <dimension ref="A1:W31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2643,250 +2625,189 @@
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>159</v>
+        <v>31</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K29" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="L29" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="L29" s="4" t="s">
+      <c r="M29" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="M29" s="4" t="s">
+      <c r="N29" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="N29" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O29" s="4" t="s">
-        <v>164</v>
+        <v>35</v>
       </c>
       <c r="P29" s="4">
-        <v>8.11</v>
+        <v>140.81</v>
       </c>
       <c r="Q29" s="4">
-        <v>0</v>
+        <v>34.77</v>
       </c>
       <c r="R29" s="4">
-        <v>0</v>
+        <v>24.69</v>
       </c>
       <c r="S29" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>113</v>
+        <v>51</v>
       </c>
       <c r="K30" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="L30" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="L30" s="4" t="s">
+      <c r="M30" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="M30" s="4" t="s">
+      <c r="N30" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="N30" s="4" t="s">
+      <c r="O30" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="O30" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P30" s="4">
-        <v>140.81</v>
+        <v>20.5</v>
       </c>
       <c r="Q30" s="4">
-        <v>34.77</v>
+        <v>13.97</v>
       </c>
       <c r="R30" s="4">
-        <v>24.69</v>
+        <v>68.17</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
-      <c r="A31" s="3">
-[...18 lines deleted...]
-      <c r="H31" s="13" t="s">
+      <c r="A31" s="7" t="s">
         <v>169</v>
       </c>
-      <c r="I31" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B31" s="7"/>
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="7"/>
+      <c r="G31" s="7"/>
+      <c r="H31" s="14"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="8"/>
+      <c r="O31" s="8">
+        <v>471.96</v>
+      </c>
+      <c r="P31" s="8">
+        <v>241.43</v>
+      </c>
+      <c r="Q31" s="8">
+        <v>51.15</v>
+      </c>
+      <c r="R31" s="8"/>
+      <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
-    <row r="32" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>