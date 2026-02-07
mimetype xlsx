--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1399,54 +1399,54 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>30.6</v>
       </c>
       <c r="Q8" s="4">
-        <v>27.21</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>88.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1460,54 +1460,54 @@
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>35.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>83.63</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>85</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1519,54 +1519,54 @@
         <v>64</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P10" s="4">
         <v>1.23</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1580,54 +1580,54 @@
       <c r="I11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>43.13</v>
       </c>
       <c r="Q11" s="4">
-        <v>37.59</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>87.16</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1639,54 +1639,54 @@
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P12" s="4">
         <v>3.31</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>91.62</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>95</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1698,54 +1698,54 @@
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>2.79</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>54.93</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1985,54 +1985,54 @@
         <v>104</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P18" s="4">
         <v>16.63</v>
       </c>
       <c r="Q18" s="4">
-        <v>14.98</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>90.03</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2046,54 +2046,54 @@
       <c r="I19" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P19" s="4">
         <v>10.72</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.86</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>17.38</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2107,54 +2107,54 @@
       <c r="I20" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>16.07</v>
       </c>
       <c r="Q20" s="4">
-        <v>15.93</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2168,54 +2168,54 @@
       <c r="I21" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>7.49</v>
       </c>
       <c r="Q21" s="4">
-        <v>7.49</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2229,54 +2229,54 @@
       <c r="I22" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>33.26</v>
       </c>
       <c r="Q22" s="4">
-        <v>33.16</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.7</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2290,54 +2290,54 @@
       <c r="I23" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="4">
         <v>8.27</v>
       </c>
       <c r="Q23" s="4">
-        <v>8.27</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2351,54 +2351,54 @@
       <c r="I24" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P24" s="4">
         <v>4.75</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>96.5</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2412,54 +2412,54 @@
       <c r="I25" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>144</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P25" s="4">
         <v>5.56</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.12</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>92.06</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2473,54 +2473,54 @@
       <c r="I26" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P26" s="4">
         <v>0.94</v>
       </c>
       <c r="Q26" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.24</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2652,54 +2652,54 @@
       <c r="I29" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P29" s="4">
         <v>140.81</v>
       </c>
       <c r="Q29" s="4">
-        <v>34.77</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>24.69</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2713,88 +2713,88 @@
       <c r="I30" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P30" s="4">
         <v>20.5</v>
       </c>
       <c r="Q30" s="4">
-        <v>13.97</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>68.17</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>169</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>471.96</v>
       </c>
       <c r="P31" s="8">
-        <v>241.43</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>51.15</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>