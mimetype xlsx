--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1529,54 +1529,54 @@
       <c r="I10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="4">
         <v>146.44</v>
       </c>
       <c r="Q10" s="4">
-        <v>58.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>39.71</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>65</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1590,54 +1590,54 @@
       <c r="I11" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="4">
         <v>20.22</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.37</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>56.22</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1712,54 +1712,54 @@
       <c r="I13" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>6.72</v>
       </c>
       <c r="Q13" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>31.06</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>32</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1773,54 +1773,54 @@
       <c r="I14" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P14" s="4">
         <v>20.48</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>22.89</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1834,54 +1834,54 @@
       <c r="I15" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P15" s="4">
         <v>4.01</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>97.35</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1895,54 +1895,54 @@
       <c r="I16" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P16" s="4">
         <v>0.68</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1956,54 +1956,54 @@
       <c r="I17" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P17" s="4">
         <v>19.46</v>
       </c>
       <c r="Q17" s="4">
-        <v>18.8</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>96.65</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>21</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2017,54 +2017,54 @@
       <c r="I18" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>16.75</v>
       </c>
       <c r="Q18" s="4">
-        <v>15.95</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>95.21</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2078,54 +2078,54 @@
       <c r="I19" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P19" s="4">
         <v>0.96</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.17</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2428,54 +2428,54 @@
       <c r="I25" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P25" s="4">
         <v>40.32</v>
       </c>
       <c r="Q25" s="4">
-        <v>37.68</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>93.46</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>75</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2550,54 +2550,54 @@
       <c r="I27" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P27" s="4">
         <v>6.22</v>
       </c>
       <c r="Q27" s="4">
-        <v>4.27</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>68.69</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2611,54 +2611,54 @@
       <c r="I28" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P28" s="4">
         <v>13.72</v>
       </c>
       <c r="Q28" s="4">
-        <v>13.02</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>94.95</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2672,54 +2672,54 @@
       <c r="I29" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P29" s="4">
         <v>13.76</v>
       </c>
       <c r="Q29" s="4">
-        <v>13.69</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.54</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2733,54 +2733,54 @@
       <c r="I30" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P30" s="4">
         <v>13.85</v>
       </c>
       <c r="Q30" s="4">
-        <v>13.82</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2794,54 +2794,54 @@
       <c r="I31" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>166</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P31" s="4">
         <v>3.05</v>
       </c>
       <c r="Q31" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>86.54</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2853,54 +2853,54 @@
         <v>41</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P32" s="4">
         <v>148.62</v>
       </c>
       <c r="Q32" s="4">
-        <v>16.06</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>10.81</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2914,88 +2914,88 @@
       <c r="I33" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P33" s="4">
         <v>22.94</v>
       </c>
       <c r="Q33" s="4">
-        <v>20.36</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>88.74</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>70</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>787.82</v>
       </c>
       <c r="P34" s="8">
-        <v>238.14</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>30.23</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>