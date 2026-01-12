--- v0 (2025-12-13)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -738,65 +738,50 @@
     <t>Enhancement of the contract demand from 71 KVA at 0.4 KV to 120/120/120/120/120 KVA respectively at 0.4 KV for next consecutive five years period of operation i.r.o to Executive Engineer, Site- PHE Balitora Water Supply</t>
   </si>
   <si>
     <t>BILL/00867/2023-2024</t>
   </si>
   <si>
     <t>BP-23-24-310</t>
   </si>
   <si>
     <t>21/03/2024</t>
   </si>
   <si>
     <t>Probable estimate for shifting of under ground HDPE &amp; DI pipe line including supplying &amp; laying HDPE &amp; DI pipe of Distribution line with allied works from Kapashdanga Village end to Mokra Pry. School through Jagannathdih &amp; Saluni Village under Zone-II of Balitora W/S Scheme of Raghunathpur Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer-1</t>
   </si>
   <si>
     <t>ORD/000330/2021-2022</t>
   </si>
   <si>
     <t>38/PD</t>
   </si>
   <si>
     <t>01/04/2025</t>
-  </si>
-[...13 lines deleted...]
-    <t>31/08/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1185,51 +1170,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W51"/>
+  <dimension ref="A1:W50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="57.700195" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -4034,148 +4019,87 @@
       </c>
       <c r="N49" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P49" s="4">
         <v>34.11</v>
       </c>
       <c r="Q49" s="4">
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>75</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
-      <c r="A50" s="3">
-[...18 lines deleted...]
-      <c r="H50" s="13" t="s">
+      <c r="A50" s="7" t="s">
         <v>242</v>
       </c>
-      <c r="I50" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="7"/>
+      <c r="H50" s="14"/>
+      <c r="I50" s="14"/>
+      <c r="J50" s="14"/>
+      <c r="K50" s="8"/>
+      <c r="L50" s="8"/>
+      <c r="M50" s="8"/>
+      <c r="N50" s="8"/>
+      <c r="O50" s="8">
+        <v>561.88</v>
+      </c>
+      <c r="P50" s="8">
+        <v>143.04</v>
+      </c>
+      <c r="Q50" s="8">
+        <v>25.46</v>
+      </c>
+      <c r="R50" s="8"/>
+      <c r="S50" s="8"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
-    <row r="51" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A51:N51"/>
+    <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>