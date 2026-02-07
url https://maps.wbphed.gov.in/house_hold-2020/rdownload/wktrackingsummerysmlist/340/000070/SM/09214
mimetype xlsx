--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1331,54 +1331,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.78</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2587,54 +2587,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P25" s="4">
         <v>13.21</v>
       </c>
       <c r="Q25" s="4">
-        <v>10.56</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>79.94</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2648,54 +2648,54 @@
       <c r="I26" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>131</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P26" s="4">
         <v>12.85</v>
       </c>
       <c r="Q26" s="4">
-        <v>12.85</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>80</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2709,54 +2709,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P27" s="4">
         <v>10.77</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2829,54 +2829,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P29" s="4">
         <v>1.09</v>
       </c>
       <c r="Q29" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>40.04</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2888,54 +2888,54 @@
         <v>150</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P30" s="4">
         <v>3.87</v>
       </c>
       <c r="Q30" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>97.86</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2949,54 +2949,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P31" s="4">
         <v>4.81</v>
       </c>
       <c r="Q31" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.34</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3010,54 +3010,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P32" s="4">
         <v>0.96</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.13</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3071,54 +3071,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P33" s="4">
         <v>14.26</v>
       </c>
       <c r="Q33" s="4">
-        <v>11.3</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>79.24</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3415,54 +3415,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>194</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>195</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P39" s="4">
         <v>23.27</v>
       </c>
       <c r="Q39" s="4">
-        <v>13.24</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>56.87</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>30</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3476,54 +3476,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P40" s="4">
         <v>37.4</v>
       </c>
       <c r="Q40" s="4">
-        <v>21.2</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>56.69</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3537,54 +3537,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>122</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P41" s="4">
         <v>15.93</v>
       </c>
       <c r="Q41" s="4">
-        <v>5.18</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>32.5</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3598,54 +3598,54 @@
       <c r="I42" s="13" t="s">
         <v>205</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>131</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>210</v>
       </c>
       <c r="P42" s="4">
         <v>46.28</v>
       </c>
       <c r="Q42" s="4">
-        <v>46.21</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.84</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>90</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3659,54 +3659,54 @@
       <c r="I43" s="13" t="s">
         <v>205</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>131</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>214</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>215</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>210</v>
       </c>
       <c r="P43" s="4">
         <v>12.15</v>
       </c>
       <c r="Q43" s="4">
-        <v>11.87</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>97.73</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>91</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>128</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4039,54 +4039,54 @@
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="7" t="s">
         <v>242</v>
       </c>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="11"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="14"/>
       <c r="I50" s="14"/>
       <c r="J50" s="14"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8">
         <v>561.88</v>
       </c>
       <c r="P50" s="8">
-        <v>143.04</v>
+        <v>0</v>
       </c>
       <c r="Q50" s="8">
-        <v>25.46</v>
+        <v>0</v>
       </c>
       <c r="R50" s="8"/>
       <c r="S50" s="8"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A50:N50"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>