--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1237,54 +1237,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P7" s="4">
         <v>19.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.52</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1296,54 +1296,54 @@
         <v>49</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>4.78</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.84</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>59.44</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1471,54 +1471,54 @@
       <c r="I11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>20.62</v>
       </c>
       <c r="Q11" s="4">
-        <v>19.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.91</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1532,54 +1532,54 @@
       <c r="I12" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>51.57</v>
       </c>
       <c r="Q12" s="4">
-        <v>29.3</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>56.82</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>35</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1593,54 +1593,54 @@
       <c r="I13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>6.79</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>73.99</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>75</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1654,54 +1654,54 @@
       <c r="I14" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>32.79</v>
       </c>
       <c r="Q14" s="4">
-        <v>15.41</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1715,54 +1715,54 @@
       <c r="I15" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>2.83</v>
       </c>
       <c r="Q15" s="4">
-        <v>1.97</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>69.71</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>74</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1837,54 +1837,54 @@
       <c r="I17" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P17" s="4">
         <v>4.89</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>95.99</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1898,54 +1898,54 @@
       <c r="I18" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>19.83</v>
       </c>
       <c r="Q18" s="4">
-        <v>17.79</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>89.73</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1959,54 +1959,54 @@
       <c r="I19" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P19" s="4">
         <v>18.32</v>
       </c>
       <c r="Q19" s="4">
-        <v>18.31</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2020,54 +2020,54 @@
       <c r="I20" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>60.72</v>
       </c>
       <c r="Q20" s="4">
-        <v>47.85</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>78.81</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2081,54 +2081,54 @@
       <c r="I21" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>5.02</v>
       </c>
       <c r="Q21" s="4">
-        <v>4.59</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>91.37</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>76</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2199,88 +2199,88 @@
       <c r="I23" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P23" s="4">
         <v>85.67</v>
       </c>
       <c r="Q23" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>12.51</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>82</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>477.57</v>
       </c>
       <c r="P24" s="8">
-        <v>181.01</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>37.9</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>