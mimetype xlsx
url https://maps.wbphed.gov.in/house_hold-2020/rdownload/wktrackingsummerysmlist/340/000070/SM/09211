--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1069,54 +1069,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>20.5</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.38</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>21.39</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1415,54 +1415,54 @@
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>52.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>10.07</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>19.27</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1476,54 +1476,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>46.66</v>
       </c>
       <c r="Q10" s="4">
-        <v>43.79</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>93.84</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>82</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1537,54 +1537,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P11" s="4">
         <v>4.27</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.29</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>76.95</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2131,54 +2131,54 @@
       <c r="I21" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P21" s="4">
         <v>1.86</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>47.52</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2192,54 +2192,54 @@
       <c r="I22" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P22" s="4">
         <v>0.68</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2253,54 +2253,54 @@
       <c r="I23" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P23" s="4">
         <v>0.6</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2314,54 +2314,54 @@
       <c r="I24" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="4">
         <v>0.6</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2375,54 +2375,54 @@
       <c r="I25" s="13" t="s">
         <v>125</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P25" s="4">
         <v>15.88</v>
       </c>
       <c r="Q25" s="4">
-        <v>13.28</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>83.6</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>50</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2523,54 +2523,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>247.77</v>
       </c>
       <c r="P28" s="8">
-        <v>77.56</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>31.3</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>