--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -1318,54 +1318,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>4.21</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.91</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>93</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1377,54 +1377,54 @@
         <v>59</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>25.34</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.54</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>61.31</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>20</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1438,54 +1438,54 @@
       <c r="I10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P10" s="4">
         <v>10.25</v>
       </c>
       <c r="Q10" s="4">
-        <v>8.56</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>83.54</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1497,54 +1497,54 @@
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>5.03</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1558,54 +1558,54 @@
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P12" s="4">
         <v>20.48</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.38</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>31.15</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1617,54 +1617,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P13" s="4">
         <v>158.98</v>
       </c>
       <c r="Q13" s="4">
-        <v>13.64</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>8.58</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>65</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1676,54 +1676,54 @@
         <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P14" s="4">
         <v>6.23</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.21</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.72</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1735,54 +1735,54 @@
         <v>91</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P15" s="4">
         <v>4.45</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.02</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1853,54 +1853,54 @@
         <v>102</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P17" s="4">
         <v>10.31</v>
       </c>
       <c r="Q17" s="4">
-        <v>10.29</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1914,54 +1914,54 @@
       <c r="I18" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>15.56</v>
       </c>
       <c r="Q18" s="4">
-        <v>15.54</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2146,54 +2146,54 @@
       <c r="I22" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P22" s="4">
         <v>37.16</v>
       </c>
       <c r="Q22" s="4">
-        <v>25.6</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>68.91</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>50</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2207,54 +2207,54 @@
       <c r="I23" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P23" s="4">
         <v>5.13</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>42.62</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>45</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2268,54 +2268,54 @@
       <c r="I24" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P24" s="4">
         <v>45.25</v>
       </c>
       <c r="Q24" s="4">
-        <v>7.75</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>17.12</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>68</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2329,88 +2329,88 @@
       <c r="I25" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P25" s="4">
         <v>4.21</v>
       </c>
       <c r="Q25" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>94.6</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>514.62</v>
       </c>
       <c r="P26" s="8">
-        <v>129.03</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>25.07</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>