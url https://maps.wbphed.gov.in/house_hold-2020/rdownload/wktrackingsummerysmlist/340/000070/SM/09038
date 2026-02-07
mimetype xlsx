--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1156,54 +1156,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>22.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>91.85</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>92</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1732,54 +1732,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="4">
         <v>36.75</v>
       </c>
       <c r="Q13" s="4">
-        <v>36.26</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>98.67</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>51</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1791,54 +1791,54 @@
         <v>83</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P14" s="4">
         <v>7.41</v>
       </c>
       <c r="Q14" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>94.44</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1850,54 +1850,54 @@
         <v>88</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P15" s="4">
         <v>10.25</v>
       </c>
       <c r="Q15" s="4">
-        <v>9.05</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>88.27</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>90</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1911,54 +1911,54 @@
       <c r="I16" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P16" s="4">
         <v>10.76</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1970,54 +1970,54 @@
         <v>98</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P17" s="4">
         <v>9.62</v>
       </c>
       <c r="Q17" s="4">
-        <v>3.22</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>33.52</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>55</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2029,54 +2029,54 @@
         <v>102</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>3.52</v>
       </c>
       <c r="Q18" s="4">
-        <v>3.3</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>93.91</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2088,54 +2088,54 @@
         <v>108</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P19" s="4">
         <v>9.87</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.39</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>14.11</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>65</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2149,54 +2149,54 @@
       <c r="I20" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P20" s="4">
         <v>18.74</v>
       </c>
       <c r="Q20" s="4">
-        <v>16.77</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>89.45</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2208,54 +2208,54 @@
         <v>116</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P21" s="4">
         <v>3.41</v>
       </c>
       <c r="Q21" s="4">
-        <v>3.37</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.98</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2269,54 +2269,54 @@
       <c r="I22" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P22" s="4">
         <v>12.92</v>
       </c>
       <c r="Q22" s="4">
-        <v>11.59</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>89.72</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2330,54 +2330,54 @@
       <c r="I23" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>126</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P23" s="4">
         <v>2.69</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.68</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2676,54 +2676,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P29" s="4">
         <v>20.5</v>
       </c>
       <c r="Q29" s="4">
-        <v>12.28</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>59.88</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>85</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2798,54 +2798,54 @@
       <c r="I31" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>161</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>4.48</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.86</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>19.27</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2857,54 +2857,54 @@
         <v>165</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P32" s="4">
         <v>7.17</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.09</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>1.23</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2916,54 +2916,54 @@
         <v>168</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P33" s="4">
         <v>6.73</v>
       </c>
       <c r="Q33" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>16.9</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2977,54 +2977,54 @@
       <c r="I34" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>172</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>175</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P34" s="4">
         <v>16.77</v>
       </c>
       <c r="Q34" s="4">
-        <v>14.52</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>86.6</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3038,88 +3038,88 @@
       <c r="I35" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>178</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>182</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P35" s="4">
         <v>5.46</v>
       </c>
       <c r="Q35" s="4">
-        <v>5.46</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>183</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>380.67</v>
       </c>
       <c r="P36" s="8">
-        <v>150.52</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>39.54</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>