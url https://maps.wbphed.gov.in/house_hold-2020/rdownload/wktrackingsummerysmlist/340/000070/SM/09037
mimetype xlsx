--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -690,65 +690,50 @@
     <t>49/PMSD(Drilling)</t>
   </si>
   <si>
     <t>12/03/2024</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>NUPUR CHANDRA HALDER</t>
   </si>
   <si>
     <t>Supply, delivery and installation of Open well Submersuble pumping machinery for direct pumping with others electro-mechanical work at Hutmura W/S (OHR Site) under Purulia Mechanical Division, P.H.E. Dte. In district of Purulia.</t>
   </si>
   <si>
     <t>ORD/000064/2024-2025</t>
   </si>
   <si>
     <t>993/PMD</t>
   </si>
   <si>
     <t>21/06/2024</t>
   </si>
   <si>
     <t>01/08/2025</t>
-  </si>
-[...13 lines deleted...]
-    <t>29/08/2026</t>
   </si>
   <si>
     <t>Extention / replacement of distribution pipe line in different habitation of Hutmura mouza (Jl. No.139) &amp; Phulberia mouza (Jl. No.140) for providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) under augmentation of Hutmura Water Supply Scheme of Purulia-II Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer-1,Junior Engineer-2</t>
   </si>
   <si>
     <t>ORD/000425/2021-2022</t>
   </si>
   <si>
     <t>358/PD</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission (JJM and JAL SAPNA) at different habitation of Karcha mouza (Jl. No.151) of Hutmura Water Supply Scheme of Purulia-II Block under Purulia Sadar Sub-Division under Purulia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000782/2022-2023</t>
   </si>
   <si>
     <t>1629/PD</t>
   </si>
@@ -1161,51 +1146,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:W46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2006,54 +1991,54 @@
       <c r="I15" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P15" s="4">
         <v>31.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>5.05</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>15.81</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>75</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2067,54 +2052,54 @@
       <c r="I16" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>7.85</v>
       </c>
       <c r="Q16" s="4">
-        <v>7.01</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>89.31</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2126,54 +2111,54 @@
         <v>93</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>4.57</v>
       </c>
       <c r="Q17" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>87.5</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2187,54 +2172,54 @@
       <c r="I18" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P18" s="4">
         <v>7.26</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>62.3</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>85</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2248,54 +2233,54 @@
       <c r="I19" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P19" s="4">
         <v>5.7</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>16.34</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2309,54 +2294,54 @@
       <c r="I20" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P20" s="4">
         <v>4.14</v>
       </c>
       <c r="Q20" s="4">
-        <v>4.11</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2370,54 +2355,54 @@
       <c r="I21" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>20.51</v>
       </c>
       <c r="Q21" s="4">
-        <v>20.45</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.71</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2431,54 +2416,54 @@
       <c r="I22" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P22" s="4">
         <v>10.73</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>8.96</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2492,54 +2477,54 @@
       <c r="I23" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P23" s="4">
         <v>2.22</v>
       </c>
       <c r="Q23" s="4">
-        <v>1.65</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>74.19</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>85</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2958,54 +2943,54 @@
         <v>160</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P31" s="4">
         <v>26.3</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.07</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3019,54 +3004,54 @@
       <c r="I32" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P32" s="4">
         <v>72.9</v>
       </c>
       <c r="Q32" s="4">
-        <v>11.79</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>16.18</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3076,54 +3061,54 @@
       </c>
       <c r="H33" s="13" t="s">
         <v>169</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P33" s="4">
         <v>4.6</v>
       </c>
       <c r="Q33" s="4">
-        <v>3.8</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>82.65</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>80</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3137,54 +3122,54 @@
       <c r="I34" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P34" s="4">
         <v>2.48</v>
       </c>
       <c r="Q34" s="4">
-        <v>2.36</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>95.23</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3198,54 +3183,54 @@
       <c r="I35" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P35" s="4">
         <v>50.17</v>
       </c>
       <c r="Q35" s="4">
-        <v>49.06</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>97.79</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3259,54 +3244,54 @@
       <c r="I36" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>185</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P36" s="4">
         <v>18.86</v>
       </c>
       <c r="Q36" s="4">
-        <v>5.38</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>28.53</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3320,54 +3305,54 @@
       <c r="I37" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P37" s="4">
         <v>5.12</v>
       </c>
       <c r="Q37" s="4">
-        <v>5.04</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>98.47</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3381,54 +3366,54 @@
       <c r="I38" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P38" s="4">
         <v>82.79</v>
       </c>
       <c r="Q38" s="4">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>51.34</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3442,54 +3427,54 @@
       <c r="I39" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>199</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>200</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>201</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>202</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="P39" s="4">
         <v>4.92</v>
       </c>
       <c r="Q39" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>94.95</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3503,54 +3488,54 @@
       <c r="I40" s="13" t="s">
         <v>86</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>188</v>
       </c>
       <c r="P40" s="4">
         <v>3.39</v>
       </c>
       <c r="Q40" s="4">
-        <v>3.15</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>92.97</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3621,54 +3606,54 @@
       <c r="I42" s="13" t="s">
         <v>215</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>218</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P42" s="4">
         <v>0.9</v>
       </c>
       <c r="Q42" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>70.11</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3722,244 +3707,183 @@
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>226</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>106</v>
+        <v>227</v>
       </c>
       <c r="K44" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L44" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>229</v>
+        <v>164</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="P44" s="4">
-        <v>8.46</v>
+        <v>121.12</v>
       </c>
       <c r="Q44" s="4">
         <v>0</v>
       </c>
       <c r="R44" s="4">
         <v>0</v>
       </c>
       <c r="S44" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
         <v>231</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J45" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="K45" s="4" t="s">
         <v>232</v>
       </c>
-      <c r="K45" s="4" t="s">
+      <c r="L45" s="4" t="s">
         <v>233</v>
       </c>
-      <c r="L45" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M45" s="4" t="s">
-        <v>164</v>
+        <v>76</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>235</v>
+        <v>158</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>142</v>
+        <v>38</v>
       </c>
       <c r="P45" s="4">
-        <v>121.12</v>
+        <v>9.56</v>
       </c>
       <c r="Q45" s="4">
-        <v>23.08</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>19.05</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
-      <c r="A46" s="3">
-[...53 lines deleted...]
-      </c>
+      <c r="A46" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="14"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="14"/>
+      <c r="K46" s="8"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8">
+        <v>752.49</v>
+      </c>
+      <c r="P46" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="8">
+        <v>0</v>
+      </c>
+      <c r="R46" s="8"/>
+      <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
-    <row r="47" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A47:N47"/>
+    <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>